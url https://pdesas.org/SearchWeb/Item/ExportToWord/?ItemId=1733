--- v0 (2025-12-17)
+++ v1 (2025-12-17)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rda08f90d55ad4dc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc29bf7b2945f4f9f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Continuum of Activities</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Continuum of Activities</w:t>
       </w:r>
@@ -439,51 +439,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="600"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6715125" cy="1943100"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAsEAAADMCAIAAAAd0unUAAAgAElEQVR4nO2dUcLiIAyEPZcH6nk8jZfZw7gPv7YJZJKArRac72lXWwhhgCn6y+VBCCGEENLO5dsBEEIIIWRI6CEIIYQQ0sPmIS6EEEIIIRjPQ3zItxCyH9QtGRHqlowIPQSZDeqWjAh1S0aEHoLMBnVLRoS6JSNCD0Fmg7olI0LdkhGZwEPcl8tluTfecLlcLtfbv8OCOlO9v8Yguk3SLO/jOWFIMzCXbsmv0OkhWmeRv+VTLZ67TUSNBf27XeHlr1X+spZ4X/rXfH2vqvedYklAoFtBVxc09J0hzS7He7IFew2JMt6TWLdGrp/vnEwh5If4qIdQg+BbHuK+gGlPTYj35e+f+3kIVe/+k++/25XT+R9Z3d6Xrsl3SA+xqzzoIQ4h0O31anThfblcr9cuhXDGILvwQQ+x3G7XYgb/goeAI+fgIXX0iOWMsJLW7eFL4OweguxJqNsq73+9euvrDs4YZBfe9xB/e/T/blf9IYB5vZy01YDYbtcFoNe3PWljZBn3Pi9QW9nlPeZjqR5oqsh1WwVlYLu3qrcYv/VnKPrF8hORoi4d1s/PCy37EDJZZsJrCWb6zqqufMkZOEje5nD4K0ftaevrTHnk1eWEJFOB77VHDSmJdVvo6fnxaPFqRsamJFLqKgYNjQipddvjIYAzMK7fJKgnU2PhTb3+1H1VpbpX2gNP9Osg0vOfbJsIYS0FZaC6SE/WcvJda3x9hvLvdhWfq1z0xVa2OZhXAt1KVEdbCTfSGvadrs71EEg2lrzd4RDN65X8mtTlhRTd6yeTbCTm2+Lz1u1FoYukjK3Ho4y6VAjsUbKTh9ASA9/8KaYj82FGltDwerB98HBqs9t2kXsMyDcYI05lIOchEsNQ5BRmm6N5Jafbh/OFCJ3WIq8NfRd6CKMrkbzRcKiDMGL2Io3VBUdc6SGie73vM5OMbkU6136DHy25MvamJ09djXMXmZ4jPIQhaPnq08iqYVGwzj7o9fJzDetzieqTw6SHeF1ezdzePoSVgZyHQDOAfmTGM3Vif+XHSHuIWpfWhnu5O5XoO1Tdw/cQq+KsENFwgM+YaqPFsgFpdcER53uIcueRGvVJ6faVQ6jCrIytvdScutaX2J/k8RUP8fzfEu0MZF/fex9CFVB6iJXiY8l+D2EGVH0UQw+Rp8dDwISvWDNnlPSWhzhnv8F83anEeKteMBrU1bkPsXkIa9SQkvx8+/f9dGl+1ZspGfv7EMb1VTjcVSKPx5c8xOp6je9DCDKvP0tKfB8imPb1gFhvsPYOrVv7PYQO9fmZevV+ykNwRD8ejwYPIXIGE/6QF9t9g78PURalLvdkE34fwgqsRi8YZs0pdXkhBffCUUNKsrrdvuBYvdkg40JPbep6GUNOOORLHuIlQq1g43EFvb493GA7LB+A7NU7cYO34ZdZDBIeQtcsC32Fct++KOVk+1XIz0/ZgW5NQaGEG5qI+w7XKfsm0ZWlvE0BmntudYVKHv3qUiFl9iHgGCYFgW6NJxzjzbSMH9WMkVOXvJV9Sab4resPURr16LNw8i2o2/PAUZNnJN3yo1Pygh4iSzFq+NnBaaFuzwNHTZ6BdEsLQVboIfJwU3YMqNszwVGTZRzd0kKQDXoIMhvULRkR6paMCD0EmQ3qlowIdUtGhB6CzAZ1S0aEuiUjQg9BZoO6JSNC3ZIRoYcgs0HdkhGhbsmI0EPsxPF/+M7fkEpC3ZIRoW7JiHR6CP5UTIF9PEAqScWvzgH44/RpOBeTEaFuyYjQQ7SBf/rVOkQvZQ9yHmLkcwc+/OfknIvJiFC3ZEToIdqAp2zKwz31qU67rJ5D/6oLPQQhIdQtGZH3PcTfJvv2a3TPw/rKz+7Ly+RRPcu9OIpO/bbd34vl07p9po86eiYRVcvtxS/ugQO03NNxYF06G0W95vHJRopAMs1Dob6etAO5cC4mA0LdkhGpddvjIS4XfT6c+J86idY4517dXry3lvhazOpTMNGZxi1RRbc7p5S+XtKuQVkh+3Tdoi6dpbBekKIoma/DqU+QtCPhXExGhLolI7KPh9DHyZoLarmOvN6q1hfzKOPiSmUhilK3ZTKOKnm7+DJCvRwWH+uoPQPnqGe7rly9mRSBKxtafWTSDoVzMRkR6paMyPk8RPVVi/U533AOxYE+27qdXw4TtzsLaBWu+P+2P5CuK1cvTFGczIZWH5i0Y+FcTEaEuiUj8i0Pse6H5/ch1rfEhwdwdep7pEZBuA/hepGGf5eRqitX7877EOCN45J2MJyLyYhQt2REPuoh9Ifl5sPrQ9iL4srn/67Lci2e7o2/EGmJKry9fAhXRRWLI/67jExdyWUYpShIpvl9iM8n7Wg4F5MRoW7JiHx4H+K2flvA+E6eLt76TsHrnWojX2CtuTCq3O3qDvFzkVbsxcaE8bVKr662z1CqFEXJbGr1QUl7HA7nYjIi1C0ZkU4P0c6H97M/wYRNmgLOxWREqFsyIvQQ3YivZZAzwbmYjAh1S0aEHoLMBudiMiLULRmRj3kIQj4EdUtGhLolIxJ4CEIIIYQQhOchjjMvhBwEdUtGhLolI0IPQWaDuiUjQt2SEaGHILNB3ZIRoW7JiNBDkNmgbsmIULdkRL7uIcxToQ7iW39fCttY/HzjHr/m+JU2nusPd6fT7RfCeEOKJ8nMJ9j351d/Sbdn4Fyz1rh0ewjzF5Q7+CkPoQ//KH6kSv1XX9nAEW0Mg4G/sf2VITqdbp1M7hWGq8z2ogy1t8ZwRpws7RD8dLo9Oe9PledX7Cfo8xAqd6+TnPr6pF/T7dWdzEMUB3ap/+7jIXZq8DQeYlDdHuIh6sNRoDLbaPAQXgxnxMnSoR5iUN2eHHqIfejyECD5p9f01z2EF81OwR3hIdoq/TrT6fbTYbwXYUNI59JNI7sH/0u6PQPTNehL9O9DeIdnXm//Mqc4Xi7LXb4uC1FnXS737a3lblZn36z5C+muiypDMs4nL1uQqMpu45YTeezm8wpVpJE9XSFK7/p6maKbbo41gMpUO6eJ4mBWbZTnkVadWPW5rPMNLnPq1sj/fmG4yoydbqD24ppVHm7m1QWyjbaQ6pSpe5G2Ud7qgB/O+E2MkZjLbLq1ewHNWussGPWXMVebjYkiLJeD9ip26PQJqHWb+z7Ems7iA339aSGSixyTF+N1efPfNXKFslbRlKdERf27XcVOofqKY10BirOqCLQRhYyzp2p87WSGHqIq025OnR8VeFWmH4yso7rLyLy4fr+ngil1a+V/vzDel02gdlM2Wc2LNRQ2ByZMBgm0DfPmDrrGARszm25BL8Ag1cVOf1nSrOuKI3y7ij06fQJ6PcQfT+MVzgiPTS5lTzivo8XSqu7f7Ro/w8KiijYZq6CyEGacuJ7MAu9kzx4M7R6iuUyrb7wbbwuc4kDmq2B3se8z6/agMN6RTUbtYELPVwTaCb64YWQVRInylhggjYMrZjbdxr2AtqyMV0y7qIPTJcQRvl3FHp0+Ae95iMejtPQpTZcbhvXWphgqSHZVr1lWvQ7VLEpvTRrTxHYnjLOox2pjn4dIfZuirYrUlG7ONzgY9zEJRfvxfYgi5uF0e1QYb8gmo3awYZDX/KsSPISNomVWHQ9h5S0x6BoHbMx0ug17octDgLnaiCeI8P0qduj0Cah12/z7EGCKedMX18Xr69MLYVzUNiqfr1aNEAMxs9RlnszyHiLxSJSs4nVZOa+AMte8pIOB+96eh1jZawjOrNujwnhDNhm1p9rsXY/3IXzZIP/z0jbKW2LQNQ7YmOl0G4Xc4CFkf4G5GsaT7OOOKnbo9Ano8RB6LtnWDZ388hnzIuQSfj5X1AY1HT+gJ4oqF7tyzF2XRTQYxVlWhNrY7CF0jesnbU56VRU61teibTbgr5zX3bpj3WC2C8TbCQ8BtqLfZGrdHhSG7yESsgnUbmsYx1BN5NFTMkBN90jbKG+OzqtQ4saGTKdb45rMrCVCrfrLnatBPJ6HeK+KHTp9Ajr3IeTzYyE48dJ2lf4+sHxdDpCnqvRzqTNriOpAQBp/eDzvvYtv1GyVVBur0fOz2cY+D6HzrSeNKr3gxvUlozlFfm5LWVUYjLrgNRgTHiKXylZ+Qbc7hxF5CFc2KKQWDVcxgL7KeQjjVqRtlDcz4KSHQI0NuEymW/uazKz1cPrLnqvruuII/1Jx769ij06fgFq3PC9jarzHhswjxd6xyNG202eK1O3+fFoauzNAA6hbwQD9Rf6gh/gt3KH5DQ9hfCD5LtTt7ow/ow/QAupWMEB/kT/oIX4Kf2R+ftwe8VEGdbs7E0zoAzSBuhUM0F/kD3oIMhvULRkR6paMCD0EmQ3qlowIdUtGhB6CzAZ1S0aEuiUjQg9BZoO6JSNC3ZIRoYcgs0HdkhGhbsmInNBD/Movj1c//0T2gXPxyRjlO/ZfnnkO0+0JZ9QThkQ6ObOHUKcvJG888VSlw1M/YHvayE8bmMdpPMSQ2TuAoz3EXr8PSA/xMbon+Q9wwpC6+URbPuQhWmaRBnnpYk/e9zo8dVREQ+SffaY7eUptHN0ye5/B/R3ofVFJVidxNFfZv9bu0sKTe4hde5Ee4ig+vyae2UPsW+y56I583CZ/jNN4iN/lcx4ClE0PITizhyA78/kprttDqF8YdA5n+jvlJTr+pOX4qMt22qYu1vrpZCtCGZJzfqW4oLwL1CIL8w7skae3rG1JnN1iZtJsppdhNOVaDXRS6jfWudhuju6gZ4F9s8zF1m139vzUPYbKntmWzKCANybG+99ld6v89zVwX8qLwpkBnUclXzfzbybK0FXYeSYXON+i+J2O62iXSri+zhw7rVoKJ3l8b/F7tvY4tG5f63zdUTyYWytuLqR42Dp6Ti4o/oio8+8r/830Qi5dHkKfbLCNYjhWw2Ma5EJrlaZqBDuW8PoiQi2oaowbscqoZNmqFnGfGa0qNxl5fYZsfaPVzLpJYrsXnGaLGmgGlmksspZu5LqDusC67chemLrHONlDbQkHhXdjYryj8nfSwDoDFt4k8DpFAOXMAzvLSpQztvP48y2MP0hse7tAE6qUNmkpPckb94ryvdyq258LrPhf/U9QXCakeNi6ek4tKFEJ9rwUrCz96YV0eYiqplc8XR6ifM+yqOB+mK+GCO31VL8KQjReXh9D6mhzHiLqRX+2ymwRojZbfeAE5jYWXQwvQB3UQ9ZDtGfPSp1R0BDZE4UmBkX2RughjPL31YBeNFIeItFvusUwUZWuejTc5yESiW1tl90Ep1diLWUm+dS9/25XNEb17Xow234vnqiz0jVLw3pOLijZESFHrO8h3kgvpMtDVHPtq+ZuD1Fu7ZbyArM7zFd7hFW5l8Iogi4vuN7+oVJzHiJax9SNsJkV6uOTbg+Rbiy6uKqgivyDHiKZvSB1ZamPM2fPbktiUDTemFrC99eAfqBLeQhr5oH5T89v5QSSAus27yF2aZfdBEvlaUlkJnnYzIZ9iISH2K4DhSVCModtg57BjNE0IsC81OIhmtILqXX7a/sQzjBHYntNVahVsb1tiDxfCmzPNrU+r4k8xHpDIrCcJQ/vOuk+RJy6uqCzZg+2JRoU7Teml/CdNQBGbDKAsP7W+a2tIbt6iHfaZb9VjZ0WSWQmeXeRW0lM1/pu+D/0wJUIKTds0/sQcEGBJeB5qc9DJNIL6fIQdQtesRWW5iLHGAxPvinvKtu/FqC+D7EVC68XYfV7COtrOahZZrQ5DwFaaheNO8Jux+sOU/6ogXZKE40N91MSHdRD4CGashen7jFM9mBbMh7CTkJuvHtLYK4Vbur12mBmEMTpzTzxvmfhIaKtxxBHt078UWI72mW/pW5u1lJ2kjfuBc49aIXnIdZl0xxjmXU3MWxDPYcLilMCHpL+mvhGeiF9HuKhzUtpMF/9Izvu9bodrrxrnRaMNldmSRaLr4fPntG2rXqKvC11/a/xUL1TR5v0EKilVXzCtlkdodiivN7u4ts48n2rgZZfTjXWudhL9NEeoiN7UeoeA2UPtCUeFDgJmfHulJ9sBfQQqAino+04ywdTM/+Jhlxv/1Ij0uCSm2/9v1zbo10opyql7VoKJ3nfopVBVzR4iGcsdkGpkIL1KKFnsKBkx3U8JMuh92Z6IbVuv/47lSdkh4Xt3EzVwI/rdqrskW/B+dak3Dzx944bCv3ikD3RjPF+eukhMpyoy49hqgbSQ5AR4XxrYu3mveshvj1iv12/4P300kNkOFGXH8NUDaSHICPC+Rbw5l67XeBXB+zXA5C8m156CDIb1C0ZEeqWjAg9BJkN6paMCHVLRoQegswGdUtGhLolI0IPQWaDuiUjQt2SEaGHILNB3ZIRoW7JiNBDkNmgbsmIULdkRIbzEKf6qxjELj+DkmSIhHwUrNufzdWHGw71D348cr4+6ZkB9ptvPzn/fIFjZLPDGEGHDcwNPYTE/5HptnLoIb7F8R5iuLniWx5CJ0ofblH+dypO4iE+LNSPVHeUbOghOhnAQ7hHS+yIEoA61qu5vn4P0V4dPUTJCT3EtzvpHB6iON3n7cN+knwj+fQQR1ayUx17ryyfEvTJoIewq4le9qGH+CYn/Czj2510is8yjF/VpYcQ8LOMDDv25r4ryz/7QL756fYQYtu/3KzcfjsT6BjeW50qpn+GczuI7G5VoS6W59T9nXQXfUBxX8orUO3hqXTydVmIOpK1SlRdnX2zxkmIkefyScE+vG3s+SfyEFuuwKGa+FjW5x3laXiu5o1uBVqFt7lacl6HDfdHTX0AIjoOURAcLCmPI9wGpIrGGSnF+H1rTBVJiZqZn1XsGSA/ri7N821D/kEkwfHC/gRRvWKdvWCnLlwj7Nst2YRZ+s7KEvV7mYfodM26OlQCCrhpSmng0uUhpOWSY+8vILlembmF90LtakFYVeizQjY/oK/3WfNZyCeQY1H7s5TqdXkzTFQ16MPInYRYeVZT5VoBinNIXN2K7t0ajZovkgU7JqN5S8OGVuEN9V2lloK+axw1spT7cl2Wq1xzQPuQ/pGcnZzAkZK/Eo0plGS7mflZBWSgZSy1z7dR7WV6PEW9Pr0FU1x9OyhQjYswddCSwjGCM3qmlSXud28ugktMLbloNrMHtSzh7Wm/z0MoxKdAdfuDoNx7YU8bVVQJwNpPtEe4upSHKCtxXkcDFS1VYfCpnNt5VhbCjHNIfA9h9BNqftUZ1nBL5d+3hsZEWnd9KkgUQP+o+Xe7Lvf7IsZiaJGKiS/lIbIj5e0xBeK2m5mfVbwZIDuW2ufbqPbKYrkxm6/ihhhN8ywLSB2YavAYSU7oX15Z4n5PrhlOu5OzmXw9OZTa6PUQalMp7q137k2t4lVVcBpIgWyhM8Bk7WrgaVyzX4e7lgD3mXDO7TxbzgHGOSRdHsJsfnYfItS8ughqtb5HdD0KMtV3raNGDp/nhZbOUQP6PERmpOwxpozAQTPzswrMQGYIP8G6hWM5qr2evUQkCakGDSlfEfdmU+esEViZaHI61coS9PthHsKZXpJTSiO1bhMeYlthn6E3zKft96ZX8Xa3iDEW2obaw8pb57tgGkTPDVae1zvExNOZpJOC52JjFTOd+ws1Jwklv+ch8DOWFzMKMtV3raNmnXheO9z35fL30SvceI6eg2MPkRkpO46p9SbczPysAjMQx73SPt+GtZuV+ooK9ewsZuKtbOpSH/6FTXrdcsKVJTlu1+i7PQSczUxT4U0pjXR7CNlBrR7CvLd86NNuSVlflGKlIPQcU9QqX91i1febb6gg5VXodZSFRynr+OEgURTO899F12W56qyGz0mj4HsI6/uloPlwb6/LQ6BsC0mhmLcNB6ClqO9aR83zrWURu/taMTiGUv8pD5EdKfkrwzGVaWbjrGJkwGlISft8G9buegjduvWv2dE8jBtieYhs6pB/hspMecjvrCwmnocwv+vuLDGG5MLZzJhewimljS4PsTbucrlcb/ftqyz5+bS+9yEf+/SfNrxeN7yTdZnak8l6CHS/rj0R5KV4YNuaW+wiBa243v6BgOp04qnTzPOrksqc2k/do+F7CPk3AcXWQt18kJRmD+GoqEWLqI/CvmsdNVuhWsaOKkz95z0EagVcBaMr0QRipcZrZnJWARlIDeEnl+b5NqpdxmlHIl7VD0qv1+SWvr7dKNDogih1zh4cHgPO45Sdpc+sLGHsZbDX282ai8xokXULStAmw06noGfav5z/9yEIaWIv3ZYu3f3IgZA34Xz7SyS3MQ4tYR/oIchs7OkhrE8sCTkCzre/BD0EIWdlP93O8/kOOT+cb38JeghCzgp1S0aEuiUjQg9BZoO6JSNC3ZIRoYcgs0HdkhGhbsmI0EOQ2aBuyYhQt2RE6CHIbFC3ZESoWzIiu3gI+Ifz4Id13vky6Y5fRuXf+8/Jl+bis3xN+vF4HK/t7zQ2N4GcqiMaOIGHOHnqvhZeTnijLyid8e/rIfTvaspfayz/G/zAL+bkHqK7XUMwRuvoIfyfy9wjyG80tphP3OtO0xENYN1+bNy1pu7DE0JHz+4RYVZ4YB3M3XgCxZ7QQxTHDaj/7uMh3pst6CFidIbHaB09xJweAh5fYhy9cZqOaOBND9HX7PdS9xseAguvrivpIU45r57CQyiin8fv4+QeYjZGnI/pIab8LCM4KGFmD5HiGx7iw3wnvHStDYPulIn+tIcIzgWRB3yoY44u8IRT/WOA3ilq1/XMMXGIyE17OdBJMOw1RuOcFft4pWrT5VIcvPpX7Bbn1j3F7x8agZpn4ajb5ClBVi24dlUOOF7o1Uc6RuvXn7PxwFp35xKcuaVjWxttHEqmXr8HAvt74S7O/TETZTY9cXBaeS6U1336YCFUkaMQmDF7KFjpKl+3ZQyzUVxRTSD2xUKl9xblB7V3jKYOtV9SZ9abkdRJQA2BLe1KXR1YMYuumApxsgqv39YXazBWUVbPnOmERMIr48TnYx07r+6VZzxpBFy6PIQ8OuAZWeMxfaX4xNL993LoIaoylaxMC+GFrSe/f+LUN1GuLPW+XJflKh1H6Y10sVsHgQLtOFVC9PdJrODL1Qe8bhxAaVaa7bU4ng8a70C3rzCeo0f8TzTN6v1AYFJRMj0o4WVghtqNqzPdpyOBFSGF1BmzGxWkKyFjKxtIV237EC3Kz9TeWGaX2n3dhr1mJMFKo1N036RhB1ZWghViVwev9wYjGC/uZKuubBReZh08eF59N8+ZSSOgy0OUSU0s8E7W8Dra5iHCMnNh14iPw9Qssdzvi+gMUz26CatVVi0ouy0VPFpn1mAztTuvm9V6GQ7i+XcDJ67vT24uLseh8w0Co0P92UoWiBLuBKZyqa/Odl92H8JSTqJReMhspWTHYO3ETF21eYgG5XvhZVSNuqNZ7XkPYfaaN/nmBNGeOicwiD2ginfi663BaKS9tNkwwg7hZRaUo+dVTJzn7KQR0O0hyk3Ufg+R+jZFWxXYlsRhizf1hpMq49/t+twIf/Vv7VlRE6J9CDMh1YsikjhRxbKkud7+Qf3key2KR1TdodMWdvAQTu9DgTkewkq4dy9OGioNatupCFcaNsrIZNU8WJ6bDairdzyEq3xJq6qdMtvVntMt7DX1Bk6jU3R7M9Mewh5QWIGJ6+3BWKa9bh/olA7hZRaUD8yrZSvSec5OGgG1bsfdh1gvA+MlF/brSrWg6MCX+7opdV90fVkPsZKI02tql4ewBsSBfrloY/Z5pZvcXIw9hNP7nsAMvVv7EInAnKRlu+8gD7GmplCCla6cjKOG7LIP4W+dZGrvLrNB7Xt6CJxGN77WZuY8BBxQnmVJX+8PxrQKO4SXWVA+N6/25TkzaQR0eQgV7NPa9XsI3fT1E6PiaR1WoVv9Wp/NVKTCNqMr2rEs4kOM67JsIk6M9ngXykxIJRDjUeCBla9eR86l7gV9Ney1RDxmcg9hDw+Bet8R2J+iXtfqhIRDE6i9jjzTfWYJdQayHgI1ypj1VLoSMjZAuoo8hK3SR0L5mdq7y/ysh9BJMNNoFN2furyHgAoJ1jbv+mAwtnmIHuFlFpSPzavtec5OGgF9HuIhH6aFE+zzEKq0YlZ/veYtjXLX5vkCzEQc9hbfq+S7+KbK+pY0DY4a8Gh3tyKihOAv94UewqnfrdR4Cm6Jx7z2GN71EG7vY4H9yUkKTL0VdLipdjtpcffBrbguD/H3N0+6strKm+kyFRVmAzcbKidQaaT8sPbGMrvUfnnPQ1STYTKId1KX8xBQIYkZ0ru+GoxGi8UtcT7eEJ63oBw5r76X59ykEVDrdvDzMg5/yn2X0tJ3biARyLG6Pb3AduW3WvtdhpxvvwvleQJm8xDnF5WxPUMPsSuH6vb8AtuVH2vuVxlxvv0uVOcZmMxDDCGqzIYq6edI3Q4hsB35tfZ+kwHn2+9CcZ6CyTwEIdQtGRLqlowIPQSZDeqWjAh1S0aEHoLMBnVLRoS6JSNCD0Fmg7olI0LdkhGhhyCzQd2SEaFuyYjQQ5DZoG7JiFC3ZET29RDT/7HN9oNQ+NdjyZfZYy7+sJLhD41Vv8P6oYr2rpfEvK9b0WvTT8XkLNBDNEEPMQDzeIjOH5/NVKT1W1S0f71n5ixDGes2F6HqtemnYnIWTuohzjoC5BR8xvh8zprVnfmuh+i6E3iI/VUGPERR0afUfQ5BzuIh7uX5wmdoFJkeeogmnlPwv+IcpkE4a1Z3ZhoPcUB/pSr6mE5+RJBJ3tSte6ghIUfR7SHE2WKlcO/i8DB9LkT5887meWL6p6DDA9aCg12r5y3r7EwZz3r0onWyWXRaGj5wWbbLT0t7/GoDs4rfqEgeaudGPiSObq2swUyCbpJ5Kk7kC5Ns32vqSh7eV5zPmxCtXZJ5/m1RUVSvLzbnyu2t7dzhMlf4+jWs6sqgX8oPbIowir5G11S/UB/1bgeX9LmddYRVryWP+sz313avm5ppZhGSpdZtxoxqlhEAAAxLSURBVEPI53C5yD3FJGce4/j5+3KpJrL1DWsdTdYu3l9fuy/XZblKO7DO9SAeXZ68UrfOrA4G3JKWxvjF5XX8TqQoCcMDdWv0lJdJpWqU7a1rjDtz9wJdZfvL73RUkSrb3YfIiy13pVjCwNBR1z9XLfG/RL84s1MdRtXXxjWiHGd1fo+8h0gkM+MhWvvLFDwqhPwKfR5CIT6GKyW0bf1rZcm1sN1DoNpXtrv/3a7L/b6IUo1qYTywQVVtfrD9acnFv+YgSJu3bkx0CLnrIcL+rTKJrnEWQJhkdG/iI4a8aGERj2L9SHmIvNiyV25DNpPCIjd4jrC/xIFnJzM8cE2VEenK9lo08x4ikcyEh2jtL7O3cr1AJqbXQ6i9s8hDVDMkWAzTHsKu3Sz/uQ/6qm39PlkmHjVdFBFW9Tk7ea1pieJfqytz0OIhcO2j4+m26KlMJtE1jhbUcmPdm9NVrr9CD2FW1OQhcmLLXhkO87yHMKtLzk5mKtA1YB/iUSnqDbBuMxH2eYiW/jJF6vQC+Q1q3SY8hNq+cpz+67p99yFg7cU1y33db7svz8/3QOlv7UPgq8HrYVqa448CsN7+wX2IjVfjM5lM9qr5cvbegfYhcPuzV+7oIVBuM7NTs4dYsUZJMPQyfMNDtPRXah+C/BzdHkLqU/9HPQ1sxlZ/lPu8prD3F/WMARY0WHt50bKIDwGuy7I9kaF46gEhr1QRRpGVrzelpS3+OACjMW7tY9PgIVKZ9K6xvw+BkmzfC3VVrwo50WYqSnuIBrElrwQfsKPrkYfI3F3NTp0eIt6h14rqGkmHeQg0zbb2lyl4V+GTzCjEo8tDyB2s6+2+fYXp71F58+xCWtLIlw9Gr4vlbPF6Ha/JVe3GNWrRrTZ1q3jM6VhGuO0FBCVVsVxvt5a0hPFvORBFhg8FRVbj0EcE6tZubiaT5jW6RL3MiSrie21dga2HnGjtZouK8h4imaL8leEwT3oImFtndurdhwA1GR1yRg+Bp9ne/rqEvUAP8SvUuuV5GbvD/b6PQt2SfSmftY/52I+6JSNCD/EB6CE+CnVL9sXalaKHIOTxoIf4CPQQH4W6JXuDPpDaE+qWjAg9BJkN6paMCHVLRoQegswGdUtGhLolI0IPQWaDuiUjQt2SEaGHILNB3ZIRoW7JiNBDkNmgbsmIULdkRI71EOIXZPi3CQ/+gcZn+MhcPM0vg3dAGR8CPQQZkT4PkfthZPXje5x3HkzCZ3DnYvOH9jqgh5hGxmf5mXd6CDIiR3oI9SPzk807fTAJnyCpW3XCRXOv9HuI8UUwfAvqH9M+Q3PoIciIHPhZhvv77b8Jk/AJoG5B+ukhGhm+BedsAD0EGZE+D1GeAfN3lo/cIa7Oyk0dG6N/D059DlJX8Sjqsc+AQfO8+uE5Wft6Zlh1p1Fs+QgDzuiR5cvjO+tDgn53g3w//H0InWD9+4PXW3UcuH3gED64yBdtXV2y793DvS7lEWJgsKhWl9eshaFTvuzngSYZxyc26ZFYt8JpHaq9qDTs8aZ49hy6F3oIMiC1bns8hD7YWswo9ryTOltWXISqiM+idZ48iwMUxRSPzwGti60O7DZOlNblX2//9G2ZgEkD3ly8TvnF4uMeeFiJ81lKl2jdEzOdoA2dW2c743qrLOjDW8X/RFGwinYZx6MVjsTSmgdTQdkL5vnseGpqiGfX4UoPQUZkHw+h59zUQDWm6XJArkWBKswBDAtxroERJIot5is7MF3+rTq+OAqYtBDPxXrZTHkIo5u6RGt4iKi/EwuVEA2sF5boHa7tVNEo49RoRWltnQrcKcLp8dZ4Mt2Xhh6CjMgRHiI8z96ZpgvQxLHuvrofOKhCBNWNfzuVkYewizWcg1t++RicCZi0kJuLtyfOtIcod8h7RFuLzNoaUTiruiEaWG/R9pSHwFU0y9gMJDsS0YN/1AsgdbDHm+NJdF+anG4JORe1br/rIeDnCNnrM7uLO+xD1G+JRSYs39wYJjuRnIvBttGb+xB18fr65LNx+E616b6/hwiraJLxu/sQoYewaj9wH6LI6g7DmB6CjMhXPIScfJ42vv5oGVT3KCaU4BNWHL9+2DKfHfEtmvtyuS5L8WMYfvniCq/VdBcdIN3qrQTdK+YbUJzviBbdkNXeU+flEDzIQwRVJGTstiI7EiMP4Q8i8/sQerSqdjbEA1LaBT0EGZHveIjcV9wvdkngq/J4X9Wc2OQu7Vq2PxHgYv8KU/XE5ddrVd1qeogOnLnY7JXtZbGjbYlTvi4NSa9or7d/ICAv8LrW6+2+fftxz88yMlVEMg5akRuJoYdwancrvd7Mv8TJxpPtvhSObgk5LbVueV4GGRvqlowIdUtGhB6CzAZ1S0aEuiUjQg9BZoO6JSNC3ZIRoYcgs0HdkhGhbsmI0EOQ2aBuyYhQt2RE6CHIbFC3ZESoWzIi9BBkNqhbMiLULRkReggyG9QtGRHqlowIPQSZDeqWjAh1S0aEHoLMBtbtHGeToDO4RiEZ/xyd1QDnWzIi9BBkNn7GQ8gzr7I3nqD5B3mIk7SuH863ZEToIchs7OghTmk6GjxEfTDGCVoDPYR7wk6q2BO0rh/Ot2RE6CHIbPyMh4gZK/73PMTwcL4lI0IPQWYj8hB3cRrlP/mWPt5RnwP5dxt6pi9O9q6OiQSv/x3+ub2FnYF5lCg+cHK51/FXB1SqC+Tpl4mQRF161Qf3oqNQzfzIaO9WaTCZ8mTRv4rcrJ4LzrdkROghyGz4HmJbVP7drmIxVquoecq1/M99uS7LVR7mvS7bRjnu66JM5/lcBW14CFXFfREV2E/26vq/JX5LRRDSv+0YcOWl0L0ofqudOtqotDKZdiSDwPmWjAg9BJkN30PIheW5MBkvB2vwv9t1ud8Xsaq9LIRVDiy/3kiwlj0QNVxA4a3e9dIGxSE91I2m43Kb3/FZRlMyh/wchPMtGRF6CDIbXR6iwF5qhVlY7o/H00S8XoXlwPKNDyOMxXUtv7xM3O7caq7K1fXAB4FyxUcZl4vjIXR+/DJjD2F8RAOSSQ9ByIeghyCzkfYQr11xvOKU7zyXw9dnBffl+fn/th+R2UhAb6SMwMf3IaqQqo9BEh5il30IszTzbnoIQj4EPQSZjej7EPIj9u0R1lzWqjf+3a6XZREfYlyXZXvKRuV4r8ce4s3vQ+BvHervQ6S3RqpiAg/R9H0IO1pUmhcWPQQhH4AegsyG7yHWr+vjr/pfitW13K/XX+nDf39xKVbE6vWkh3jIDw/Exodxe9UwGT++3v7iKAxpa8z1dt++YOnca8aPmwmi1Wl3kkkPQciHoIcgs0HdkhGhbsmI0EOQ2aBuyYhQt2RE6CHIbFC3ZESoWzIi9BBkNqhbMiLULRkReggyG9QtGRHqlowIPQSZDeqWjAh1S0aEHoLMBnVLRoS6JSNCD0Fmg7olI0LdkhGhhyCz8b5uxU8dDflrRafB+dUsUsL5lowIPQSZDaxbeVA1Rv2OIj3EO9BDNMD5lowIPQSZjXc9hDrvmh7iHeghGuB8S0aEHoLMxpu6dU+PJE3QQzTA+ZaMCD0EmQ2s2/JYpr/zn+TBTfIcquqo6eQpUOpzkLqKR1HP9qpZiNGE6iKnIomoFB91vp5J5jbNKU0er5VMUVHjj8L5lowIPQSZjbyH0OeAi9Op7X2I1GnU4iJUhXlONyqkjL84UnQLwGqLvnctEX2mo8upatRNM0vzjimPU/TbcL4lI0IPQWYj7yG0IRDLWpOHKBf8tShQhWkQYCHONSgC614NuKKqIBMVzl17in4azrdkROghyGz0egixS9DsIQqQh7gsd7BPAAsRVDe+/oLE+ZCluN0pvQ7YjcosTf1JS0eKfhrOt2RE6CHIbHzDQ5jrYMv1mcW0YR+i8hDVxyBd+xBRadl9iKZm/wqcb8mI0EOQ2TjMQ8hP/uGH/aA6WUX8fQgnfv19CHfDw2t6zkOgqGBpqe9DxDX+pK3gfEtGhB6CzMZxHiL3RwcXuyS1tId/l3EBhkJ+hLCWnfosYyv9eruLr0SC/Bj3yahwaTJF8rONTIoe9BCEjAU9BJkN6paMCHVLRoQegswGdUtGhLolI0IPQWaDuiUjQt2SEaGHILNB3ZIRoW7JiNBDkNmgbsmIULdkRAIPQQghhBCCgB6CEEIIISQPPQQhhBBCeqCHIIQQQkgP9BCEEEII6eE/ddj62v+0tXYAAAAASUVORK5CYII=" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAsEAAADMCAIAAAAd0unUAAAgAElEQVR4nO2dUcLiIAyEPZcH6nk8jZfZw7gPv7YJZJKArRac72lXWwhhgCn6y+VBCCGEENLO5dsBEEIIIWRI6CEIIYQQ0sPmIS6EEEIIIRjPQ3zItxCyH9QtGRHqlowIPQSZDeqWjAh1S0aEHoLMBnVLRoS6JSNCD0Fmg7olI0LdkhGZwEPcl8tluTfecLlcLtfbv8OCOlO9v8Yguk3SLO/jOWFIMzCXbsmv0OkhWmeRv+VTLZ67TUSNBf27XeHlr1X+spZ4X/rXfH2vqvedYklAoFtBVxc09J0hzS7He7IFew2JMt6TWLdGrp/vnEwh5If4qIdQg+BbHuK+gGlPTYj35e+f+3kIVe/+k++/25XT+R9Z3d6Xrsl3SA+xqzzoIQ4h0O31anThfblcr9cuhXDGILvwQQ+x3G7XYgb/goeAI+fgIXX0iOWMsJLW7eFL4OweguxJqNsq73+9euvrDs4YZBfe9xB/e/T/blf9IYB5vZy01YDYbtcFoNe3PWljZBn3Pi9QW9nlPeZjqR5oqsh1WwVlYLu3qrcYv/VnKPrF8hORoi4d1s/PCy37EDJZZsJrCWb6zqqufMkZOEje5nD4K0ftaevrTHnk1eWEJFOB77VHDSmJdVvo6fnxaPFqRsamJFLqKgYNjQipddvjIYAzMK7fJKgnU2PhTb3+1H1VpbpX2gNP9Osg0vOfbJsIYS0FZaC6SE/WcvJda3x9hvLvdhWfq1z0xVa2OZhXAt1KVEdbCTfSGvadrs71EEg2lrzd4RDN65X8mtTlhRTd6yeTbCTm2+Lz1u1FoYukjK3Ho4y6VAjsUbKTh9ASA9/8KaYj82FGltDwerB98HBqs9t2kXsMyDcYI05lIOchEsNQ5BRmm6N5Jafbh/OFCJ3WIq8NfRd6CKMrkbzRcKiDMGL2Io3VBUdc6SGie73vM5OMbkU6136DHy25MvamJ09djXMXmZ4jPIQhaPnq08iqYVGwzj7o9fJzDetzieqTw6SHeF1ezdzePoSVgZyHQDOAfmTGM3Vif+XHSHuIWpfWhnu5O5XoO1Tdw/cQq+KsENFwgM+YaqPFsgFpdcER53uIcueRGvVJ6faVQ6jCrIytvdScutaX2J/k8RUP8fzfEu0MZF/fex9CFVB6iJXiY8l+D2EGVH0UQw+Rp8dDwISvWDNnlPSWhzhnv8F83anEeKteMBrU1bkPsXkIa9SQkvx8+/f9dGl+1ZspGfv7EMb1VTjcVSKPx5c8xOp6je9DCDKvP0tKfB8imPb1gFhvsPYOrVv7PYQO9fmZevV+ykNwRD8ejwYPIXIGE/6QF9t9g78PURalLvdkE34fwgqsRi8YZs0pdXkhBffCUUNKsrrdvuBYvdkg40JPbep6GUNOOORLHuIlQq1g43EFvb493GA7LB+A7NU7cYO34ZdZDBIeQtcsC32Fct++KOVk+1XIz0/ZgW5NQaGEG5qI+w7XKfsm0ZWlvE0BmntudYVKHv3qUiFl9iHgGCYFgW6NJxzjzbSMH9WMkVOXvJV9Sab4resPURr16LNw8i2o2/PAUZNnJN3yo1Pygh4iSzFq+NnBaaFuzwNHTZ6BdEsLQVboIfJwU3YMqNszwVGTZRzd0kKQDXoIMhvULRkR6paMCD0EmQ3qlowIdUtGhB6CzAZ1S0aEuiUjQg9BZoO6JSNC3ZIRoYcgs0HdkhGhbsmI0EPsxPF/+M7fkEpC3ZIRoW7JiHR6CP5UTIF9PEAqScWvzgH44/RpOBeTEaFuyYjQQ7SBf/rVOkQvZQ9yHmLkcwc+/OfknIvJiFC3ZEToIdqAp2zKwz31qU67rJ5D/6oLPQQhIdQtGZH3PcTfJvv2a3TPw/rKz+7Ly+RRPcu9OIpO/bbd34vl07p9po86eiYRVcvtxS/ugQO03NNxYF06G0W95vHJRopAMs1Dob6etAO5cC4mA0LdkhGpddvjIS4XfT6c+J86idY4517dXry3lvhazOpTMNGZxi1RRbc7p5S+XtKuQVkh+3Tdoi6dpbBekKIoma/DqU+QtCPhXExGhLolI7KPh9DHyZoLarmOvN6q1hfzKOPiSmUhilK3ZTKOKnm7+DJCvRwWH+uoPQPnqGe7rly9mRSBKxtafWTSDoVzMRkR6paMyPk8RPVVi/U533AOxYE+27qdXw4TtzsLaBWu+P+2P5CuK1cvTFGczIZWH5i0Y+FcTEaEuiUj8i0Pse6H5/ch1rfEhwdwdep7pEZBuA/hepGGf5eRqitX7877EOCN45J2MJyLyYhQt2REPuoh9Ifl5sPrQ9iL4srn/67Lci2e7o2/EGmJKry9fAhXRRWLI/67jExdyWUYpShIpvl9iM8n7Wg4F5MRoW7JiHx4H+K2flvA+E6eLt76TsHrnWojX2CtuTCq3O3qDvFzkVbsxcaE8bVKr662z1CqFEXJbGr1QUl7HA7nYjIi1C0ZkU4P0c6H97M/wYRNmgLOxWREqFsyIvQQ3YivZZAzwbmYjAh1S0aEHoLMBudiMiLULRmRj3kIQj4EdUtGhLolIxJ4CEIIIYQQhOchjjMvhBwEdUtGhLolI0IPQWaDuiUjQt2SEaGHILNB3ZIRoW7JiNBDkNmgbsmIULdkRL7uIcxToQ7iW39fCttY/HzjHr/m+JU2nusPd6fT7RfCeEOKJ8nMJ9j351d/Sbdn4Fyz1rh0ewjzF5Q7+CkPoQ//KH6kSv1XX9nAEW0Mg4G/sf2VITqdbp1M7hWGq8z2ogy1t8ZwRpws7RD8dLo9Oe9PledX7Cfo8xAqd6+TnPr6pF/T7dWdzEMUB3ap/+7jIXZq8DQeYlDdHuIh6sNRoDLbaPAQXgxnxMnSoR5iUN2eHHqIfejyECD5p9f01z2EF81OwR3hIdoq/TrT6fbTYbwXYUNI59JNI7sH/0u6PQPTNehL9O9DeIdnXm//Mqc4Xi7LXb4uC1FnXS737a3lblZn36z5C+muiypDMs4nL1uQqMpu45YTeezm8wpVpJE9XSFK7/p6maKbbo41gMpUO6eJ4mBWbZTnkVadWPW5rPMNLnPq1sj/fmG4yoydbqD24ppVHm7m1QWyjbaQ6pSpe5G2Ud7qgB/O+E2MkZjLbLq1ewHNWussGPWXMVebjYkiLJeD9ip26PQJqHWb+z7Ems7iA339aSGSixyTF+N1efPfNXKFslbRlKdERf27XcVOofqKY10BirOqCLQRhYyzp2p87WSGHqIq025OnR8VeFWmH4yso7rLyLy4fr+ngil1a+V/vzDel02gdlM2Wc2LNRQ2ByZMBgm0DfPmDrrGARszm25BL8Ag1cVOf1nSrOuKI3y7ij06fQJ6PcQfT+MVzgiPTS5lTzivo8XSqu7f7Ro/w8KiijYZq6CyEGacuJ7MAu9kzx4M7R6iuUyrb7wbbwuc4kDmq2B3se8z6/agMN6RTUbtYELPVwTaCb64YWQVRInylhggjYMrZjbdxr2AtqyMV0y7qIPTJcQRvl3FHp0+Ae95iMejtPQpTZcbhvXWphgqSHZVr1lWvQ7VLEpvTRrTxHYnjLOox2pjn4dIfZuirYrUlG7ONzgY9zEJRfvxfYgi5uF0e1QYb8gmo3awYZDX/KsSPISNomVWHQ9h5S0x6BoHbMx0ug17octDgLnaiCeI8P0qduj0Cah12/z7EGCKedMX18Xr69MLYVzUNiqfr1aNEAMxs9RlnszyHiLxSJSs4nVZOa+AMte8pIOB+96eh1jZawjOrNujwnhDNhm1p9rsXY/3IXzZIP/z0jbKW2LQNQ7YmOl0G4Xc4CFkf4G5GsaT7OOOKnbo9Ano8RB6LtnWDZ388hnzIuQSfj5X1AY1HT+gJ4oqF7tyzF2XRTQYxVlWhNrY7CF0jesnbU56VRU61teibTbgr5zX3bpj3WC2C8TbCQ8BtqLfZGrdHhSG7yESsgnUbmsYx1BN5NFTMkBN90jbKG+OzqtQ4saGTKdb45rMrCVCrfrLnatBPJ6HeK+KHTp9Ajr3IeTzYyE48dJ2lf4+sHxdDpCnqvRzqTNriOpAQBp/eDzvvYtv1GyVVBur0fOz2cY+D6HzrSeNKr3gxvUlozlFfm5LWVUYjLrgNRgTHiKXylZ+Qbc7hxF5CFc2KKQWDVcxgL7KeQjjVqRtlDcz4KSHQI0NuEymW/uazKz1cPrLnqvruuII/1Jx769ij06fgFq3PC9jarzHhswjxd6xyNG202eK1O3+fFoauzNAA6hbwQD9Rf6gh/gt3KH5DQ9hfCD5LtTt7ow/ow/QAupWMEB/kT/oIX4Kf2R+ftwe8VEGdbs7E0zoAzSBuhUM0F/kD3oIMhvULRkR6paMCD0EmQ3qlowIdUtGhB6CzAZ1S0aEuiUjQg9BZoO6JSNC3ZIRoYcgs0HdkhGhbsmInNBD/Movj1c//0T2gXPxyRjlO/ZfnnkO0+0JZ9QThkQ6ObOHUKcvJG888VSlw1M/YHvayE8bmMdpPMSQ2TuAoz3EXr8PSA/xMbon+Q9wwpC6+URbPuQhWmaRBnnpYk/e9zo8dVREQ+SffaY7eUptHN0ye5/B/R3ofVFJVidxNFfZv9bu0sKTe4hde5Ee4ig+vyae2UPsW+y56I583CZ/jNN4iN/lcx4ClE0PITizhyA78/kprttDqF8YdA5n+jvlJTr+pOX4qMt22qYu1vrpZCtCGZJzfqW4oLwL1CIL8w7skae3rG1JnN1iZtJsppdhNOVaDXRS6jfWudhuju6gZ4F9s8zF1m139vzUPYbKntmWzKCANybG+99ld6v89zVwX8qLwpkBnUclXzfzbybK0FXYeSYXON+i+J2O62iXSri+zhw7rVoKJ3l8b/F7tvY4tG5f63zdUTyYWytuLqR42Dp6Ti4o/oio8+8r/830Qi5dHkKfbLCNYjhWw2Ma5EJrlaZqBDuW8PoiQi2oaowbscqoZNmqFnGfGa0qNxl5fYZsfaPVzLpJYrsXnGaLGmgGlmksspZu5LqDusC67chemLrHONlDbQkHhXdjYryj8nfSwDoDFt4k8DpFAOXMAzvLSpQztvP48y2MP0hse7tAE6qUNmkpPckb94ryvdyq258LrPhf/U9QXCakeNi6ek4tKFEJ9rwUrCz96YV0eYiqplc8XR6ifM+yqOB+mK+GCO31VL8KQjReXh9D6mhzHiLqRX+2ymwRojZbfeAE5jYWXQwvQB3UQ9ZDtGfPSp1R0BDZE4UmBkX2RughjPL31YBeNFIeItFvusUwUZWuejTc5yESiW1tl90Ep1diLWUm+dS9/25XNEb17Xow234vnqiz0jVLw3pOLijZESFHrO8h3kgvpMtDVHPtq+ZuD1Fu7ZbyArM7zFd7hFW5l8Iogi4vuN7+oVJzHiJax9SNsJkV6uOTbg+Rbiy6uKqgivyDHiKZvSB1ZamPM2fPbktiUDTemFrC99eAfqBLeQhr5oH5T89v5QSSAus27yF2aZfdBEvlaUlkJnnYzIZ9iISH2K4DhSVCModtg57BjNE0IsC81OIhmtILqXX7a/sQzjBHYntNVahVsb1tiDxfCmzPNrU+r4k8xHpDIrCcJQ/vOuk+RJy6uqCzZg+2JRoU7Teml/CdNQBGbDKAsP7W+a2tIbt6iHfaZb9VjZ0WSWQmeXeRW0lM1/pu+D/0wJUIKTds0/sQcEGBJeB5qc9DJNIL6fIQdQtesRWW5iLHGAxPvinvKtu/FqC+D7EVC68XYfV7COtrOahZZrQ5DwFaaheNO8Jux+sOU/6ogXZKE40N91MSHdRD4CGashen7jFM9mBbMh7CTkJuvHtLYK4Vbur12mBmEMTpzTzxvmfhIaKtxxBHt078UWI72mW/pW5u1lJ2kjfuBc49aIXnIdZl0xxjmXU3MWxDPYcLilMCHpL+mvhGeiF9HuKhzUtpMF/9Izvu9bodrrxrnRaMNldmSRaLr4fPntG2rXqKvC11/a/xUL1TR5v0EKilVXzCtlkdodiivN7u4ts48n2rgZZfTjXWudhL9NEeoiN7UeoeA2UPtCUeFDgJmfHulJ9sBfQQqAino+04ywdTM/+Jhlxv/1Ij0uCSm2/9v1zbo10opyql7VoKJ3nfopVBVzR4iGcsdkGpkIL1KKFnsKBkx3U8JMuh92Z6IbVuv/47lSdkh4Xt3EzVwI/rdqrskW/B+dak3Dzx944bCv3ikD3RjPF+eukhMpyoy49hqgbSQ5AR4XxrYu3mveshvj1iv12/4P300kNkOFGXH8NUDaSHICPC+Rbw5l67XeBXB+zXA5C8m156CDIb1C0ZEeqWjAg9BJkN6paMCHVLRoQegswGdUtGhLolI0IPQWaDuiUjQt2SEaGHILNB3ZIRoW7JiNBDkNmgbsmIULdkRIbzEKf6qxjELj+DkmSIhHwUrNufzdWHGw71D348cr4+6ZkB9ptvPzn/fIFjZLPDGEGHDcwNPYTE/5HptnLoIb7F8R5iuLniWx5CJ0ofblH+dypO4iE+LNSPVHeUbOghOhnAQ7hHS+yIEoA61qu5vn4P0V4dPUTJCT3EtzvpHB6iON3n7cN+knwj+fQQR1ayUx17ryyfEvTJoIewq4le9qGH+CYn/Czj2510is8yjF/VpYcQ8LOMDDv25r4ryz/7QL756fYQYtu/3KzcfjsT6BjeW50qpn+GczuI7G5VoS6W59T9nXQXfUBxX8orUO3hqXTydVmIOpK1SlRdnX2zxkmIkefyScE+vG3s+SfyEFuuwKGa+FjW5x3laXiu5o1uBVqFt7lacl6HDfdHTX0AIjoOURAcLCmPI9wGpIrGGSnF+H1rTBVJiZqZn1XsGSA/ri7N821D/kEkwfHC/gRRvWKdvWCnLlwj7Nst2YRZ+s7KEvV7mYfodM26OlQCCrhpSmng0uUhpOWSY+8vILlembmF90LtakFYVeizQjY/oK/3WfNZyCeQY1H7s5TqdXkzTFQ16MPInYRYeVZT5VoBinNIXN2K7t0ajZovkgU7JqN5S8OGVuEN9V2lloK+axw1spT7cl2Wq1xzQPuQ/pGcnZzAkZK/Eo0plGS7mflZBWSgZSy1z7dR7WV6PEW9Pr0FU1x9OyhQjYswddCSwjGCM3qmlSXud28ugktMLbloNrMHtSzh7Wm/z0MoxKdAdfuDoNx7YU8bVVQJwNpPtEe4upSHKCtxXkcDFS1VYfCpnNt5VhbCjHNIfA9h9BNqftUZ1nBL5d+3hsZEWnd9KkgUQP+o+Xe7Lvf7IsZiaJGKiS/lIbIj5e0xBeK2m5mfVbwZIDuW2ufbqPbKYrkxm6/ihhhN8ywLSB2YavAYSU7oX15Z4n5PrhlOu5OzmXw9OZTa6PUQalMp7q137k2t4lVVcBpIgWyhM8Bk7WrgaVyzX4e7lgD3mXDO7TxbzgHGOSRdHsJsfnYfItS8ughqtb5HdD0KMtV3raNGDp/nhZbOUQP6PERmpOwxpozAQTPzswrMQGYIP8G6hWM5qr2evUQkCakGDSlfEfdmU+esEViZaHI61coS9PthHsKZXpJTSiO1bhMeYlthn6E3zKft96ZX8Xa3iDEW2obaw8pb57tgGkTPDVae1zvExNOZpJOC52JjFTOd+ws1Jwklv+ch8DOWFzMKMtV3raNmnXheO9z35fL30SvceI6eg2MPkRkpO46p9SbczPysAjMQx73SPt+GtZuV+ooK9ewsZuKtbOpSH/6FTXrdcsKVJTlu1+i7PQSczUxT4U0pjXR7CNlBrR7CvLd86NNuSVlflGKlIPQcU9QqX91i1febb6gg5VXodZSFRynr+OEgURTO899F12W56qyGz0mj4HsI6/uloPlwb6/LQ6BsC0mhmLcNB6ClqO9aR83zrWURu/taMTiGUv8pD5EdKfkrwzGVaWbjrGJkwGlISft8G9buegjduvWv2dE8jBtieYhs6pB/hspMecjvrCwmnocwv+vuLDGG5MLZzJhewimljS4PsTbucrlcb/ftqyz5+bS+9yEf+/SfNrxeN7yTdZnak8l6CHS/rj0R5KV4YNuaW+wiBa243v6BgOp04qnTzPOrksqc2k/do+F7CPk3AcXWQt18kJRmD+GoqEWLqI/CvmsdNVuhWsaOKkz95z0EagVcBaMr0QRipcZrZnJWARlIDeEnl+b5NqpdxmlHIl7VD0qv1+SWvr7dKNDogih1zh4cHgPO45Sdpc+sLGHsZbDX282ai8xokXULStAmw06noGfav5z/9yEIaWIv3ZYu3f3IgZA34Xz7SyS3MQ4tYR/oIchs7OkhrE8sCTkCzre/BD0EIWdlP93O8/kOOT+cb38JeghCzgp1S0aEuiUjQg9BZoO6JSNC3ZIRoYcgs0HdkhGhbsmI0EOQ2aBuyYhQt2RE6CHIbFC3ZESoWzIiu3gI+Ifz4Id13vky6Y5fRuXf+8/Jl+bis3xN+vF4HK/t7zQ2N4GcqiMaOIGHOHnqvhZeTnijLyid8e/rIfTvaspfayz/G/zAL+bkHqK7XUMwRuvoIfyfy9wjyG80tphP3OtO0xENYN1+bNy1pu7DE0JHz+4RYVZ4YB3M3XgCxZ7QQxTHDaj/7uMh3pst6CFidIbHaB09xJweAh5fYhy9cZqOaOBND9HX7PdS9xseAguvrivpIU45r57CQyiin8fv4+QeYjZGnI/pIab8LCM4KGFmD5HiGx7iw3wnvHStDYPulIn+tIcIzgWRB3yoY44u8IRT/WOA3ilq1/XMMXGIyE17OdBJMOw1RuOcFft4pWrT5VIcvPpX7Bbn1j3F7x8agZpn4ajb5ClBVi24dlUOOF7o1Uc6RuvXn7PxwFp35xKcuaVjWxttHEqmXr8HAvt74S7O/TETZTY9cXBaeS6U1336YCFUkaMQmDF7KFjpKl+3ZQyzUVxRTSD2xUKl9xblB7V3jKYOtV9SZ9abkdRJQA2BLe1KXR1YMYuumApxsgqv39YXazBWUVbPnOmERMIr48TnYx07r+6VZzxpBFy6PIQ8OuAZWeMxfaX4xNL993LoIaoylaxMC+GFrSe/f+LUN1GuLPW+XJflKh1H6Y10sVsHgQLtOFVC9PdJrODL1Qe8bhxAaVaa7bU4ng8a70C3rzCeo0f8TzTN6v1AYFJRMj0o4WVghtqNqzPdpyOBFSGF1BmzGxWkKyFjKxtIV237EC3Kz9TeWGaX2n3dhr1mJMFKo1N036RhB1ZWghViVwev9wYjGC/uZKuubBReZh08eF59N8+ZSSOgy0OUSU0s8E7W8Dra5iHCMnNh14iPw9Qssdzvi+gMUz26CatVVi0ouy0VPFpn1mAztTuvm9V6GQ7i+XcDJ67vT24uLseh8w0Co0P92UoWiBLuBKZyqa/Odl92H8JSTqJReMhspWTHYO3ETF21eYgG5XvhZVSNuqNZ7XkPYfaaN/nmBNGeOicwiD2ginfi663BaKS9tNkwwg7hZRaUo+dVTJzn7KQR0O0hyk3Ufg+R+jZFWxXYlsRhizf1hpMq49/t+twIf/Vv7VlRE6J9CDMh1YsikjhRxbKkud7+Qf3key2KR1TdodMWdvAQTu9DgTkewkq4dy9OGioNatupCFcaNsrIZNU8WJ6bDairdzyEq3xJq6qdMtvVntMt7DX1Bk6jU3R7M9Mewh5QWIGJ6+3BWKa9bh/olA7hZRaUD8yrZSvSec5OGgG1bsfdh1gvA+MlF/brSrWg6MCX+7opdV90fVkPsZKI02tql4ewBsSBfrloY/Z5pZvcXIw9hNP7nsAMvVv7EInAnKRlu+8gD7GmplCCla6cjKOG7LIP4W+dZGrvLrNB7Xt6CJxGN77WZuY8BBxQnmVJX+8PxrQKO4SXWVA+N6/25TkzaQR0eQgV7NPa9XsI3fT1E6PiaR1WoVv9Wp/NVKTCNqMr2rEs4kOM67JsIk6M9ngXykxIJRDjUeCBla9eR86l7gV9Ney1RDxmcg9hDw+Bet8R2J+iXtfqhIRDE6i9jjzTfWYJdQayHgI1ypj1VLoSMjZAuoo8hK3SR0L5mdq7y/ysh9BJMNNoFN2furyHgAoJ1jbv+mAwtnmIHuFlFpSPzavtec5OGgF9HuIhH6aFE+zzEKq0YlZ/veYtjXLX5vkCzEQc9hbfq+S7+KbK+pY0DY4a8Gh3tyKihOAv94UewqnfrdR4Cm6Jx7z2GN71EG7vY4H9yUkKTL0VdLipdjtpcffBrbguD/H3N0+6strKm+kyFRVmAzcbKidQaaT8sPbGMrvUfnnPQ1STYTKId1KX8xBQIYkZ0ru+GoxGi8UtcT7eEJ63oBw5r76X59ykEVDrdvDzMg5/yn2X0tJ3biARyLG6Pb3AduW3WvtdhpxvvwvleQJm8xDnF5WxPUMPsSuH6vb8AtuVH2vuVxlxvv0uVOcZmMxDDCGqzIYq6edI3Q4hsB35tfZ+kwHn2+9CcZ6CyTwEIdQtGRLqlowIPQSZDeqWjAh1S0aEHoLMBnVLRoS6JSNCD0Fmg7olI0LdkhGhhyCzQd2SEaFuyYjQQ5DZoG7JiFC3ZET29RDT/7HN9oNQ+NdjyZfZYy7+sJLhD41Vv8P6oYr2rpfEvK9b0WvTT8XkLNBDNEEPMQDzeIjOH5/NVKT1W1S0f71n5ixDGes2F6HqtemnYnIWTuohzjoC5BR8xvh8zprVnfmuh+i6E3iI/VUGPERR0afUfQ5BzuIh7uX5wmdoFJkeeogmnlPwv+IcpkE4a1Z3ZhoPcUB/pSr6mE5+RJBJ3tSte6ghIUfR7SHE2WKlcO/i8DB9LkT5887meWL6p6DDA9aCg12r5y3r7EwZz3r0onWyWXRaGj5wWbbLT0t7/GoDs4rfqEgeaudGPiSObq2swUyCbpJ5Kk7kC5Ns32vqSh7eV5zPmxCtXZJ5/m1RUVSvLzbnyu2t7dzhMlf4+jWs6sqgX8oPbIowir5G11S/UB/1bgeX9LmddYRVryWP+sz313avm5ppZhGSpdZtxoxqlhEAAAxLSURBVEPI53C5yD3FJGce4/j5+3KpJrL1DWsdTdYu3l9fuy/XZblKO7DO9SAeXZ68UrfOrA4G3JKWxvjF5XX8TqQoCcMDdWv0lJdJpWqU7a1rjDtz9wJdZfvL73RUkSrb3YfIiy13pVjCwNBR1z9XLfG/RL84s1MdRtXXxjWiHGd1fo+8h0gkM+MhWvvLFDwqhPwKfR5CIT6GKyW0bf1rZcm1sN1DoNpXtrv/3a7L/b6IUo1qYTywQVVtfrD9acnFv+YgSJu3bkx0CLnrIcL+rTKJrnEWQJhkdG/iI4a8aGERj2L9SHmIvNiyV25DNpPCIjd4jrC/xIFnJzM8cE2VEenK9lo08x4ikcyEh2jtL7O3cr1AJqbXQ6i9s8hDVDMkWAzTHsKu3Sz/uQ/6qm39PlkmHjVdFBFW9Tk7ea1pieJfqytz0OIhcO2j4+m26KlMJtE1jhbUcmPdm9NVrr9CD2FW1OQhcmLLXhkO87yHMKtLzk5mKtA1YB/iUSnqDbBuMxH2eYiW/jJF6vQC+Q1q3SY8hNq+cpz+67p99yFg7cU1y33db7svz8/3QOlv7UPgq8HrYVqa448CsN7+wX2IjVfjM5lM9qr5cvbegfYhcPuzV+7oIVBuM7NTs4dYsUZJMPQyfMNDtPRXah+C/BzdHkLqU/9HPQ1sxlZ/lPu8prD3F/WMARY0WHt50bKIDwGuy7I9kaF46gEhr1QRRpGVrzelpS3+OACjMW7tY9PgIVKZ9K6xvw+BkmzfC3VVrwo50WYqSnuIBrElrwQfsKPrkYfI3F3NTp0eIt6h14rqGkmHeQg0zbb2lyl4V+GTzCjEo8tDyB2s6+2+fYXp71F58+xCWtLIlw9Gr4vlbPF6Ha/JVe3GNWrRrTZ1q3jM6VhGuO0FBCVVsVxvt5a0hPFvORBFhg8FRVbj0EcE6tZubiaT5jW6RL3MiSrie21dga2HnGjtZouK8h4imaL8leEwT3oImFtndurdhwA1GR1yRg+Bp9ne/rqEvUAP8SvUuuV5GbvD/b6PQt2SfSmftY/52I+6JSNCD/EB6CE+CnVL9sXalaKHIOTxoIf4CPQQH4W6JXuDPpDaE+qWjAg9BJkN6paMCHVLRoQegswGdUtGhLolI0IPQWaDuiUjQt2SEaGHILNB3ZIRoW7JiNBDkNmgbsmIULdkRI71EOIXZPi3CQ/+gcZn+MhcPM0vg3dAGR8CPQQZkT4PkfthZPXje5x3HkzCZ3DnYvOH9jqgh5hGxmf5mXd6CDIiR3oI9SPzk807fTAJnyCpW3XCRXOv9HuI8UUwfAvqH9M+Q3PoIciIHPhZhvv77b8Jk/AJoG5B+ukhGhm+BedsAD0EGZE+D1GeAfN3lo/cIa7Oyk0dG6N/D059DlJX8Sjqsc+AQfO8+uE5Wft6Zlh1p1Fs+QgDzuiR5cvjO+tDgn53g3w//H0InWD9+4PXW3UcuH3gED64yBdtXV2y793DvS7lEWJgsKhWl9eshaFTvuzngSYZxyc26ZFYt8JpHaq9qDTs8aZ49hy6F3oIMiC1bns8hD7YWswo9ryTOltWXISqiM+idZ48iwMUxRSPzwGti60O7DZOlNblX2//9G2ZgEkD3ly8TvnF4uMeeFiJ81lKl2jdEzOdoA2dW2c743qrLOjDW8X/RFGwinYZx6MVjsTSmgdTQdkL5vnseGpqiGfX4UoPQUZkHw+h59zUQDWm6XJArkWBKswBDAtxroERJIot5is7MF3+rTq+OAqYtBDPxXrZTHkIo5u6RGt4iKi/EwuVEA2sF5boHa7tVNEo49RoRWltnQrcKcLp8dZ4Mt2Xhh6CjMgRHiI8z96ZpgvQxLHuvrofOKhCBNWNfzuVkYewizWcg1t++RicCZi0kJuLtyfOtIcod8h7RFuLzNoaUTiruiEaWG/R9pSHwFU0y9gMJDsS0YN/1AsgdbDHm+NJdF+anG4JORe1br/rIeDnCNnrM7uLO+xD1G+JRSYs39wYJjuRnIvBttGb+xB18fr65LNx+E616b6/hwiraJLxu/sQoYewaj9wH6LI6g7DmB6CjMhXPIScfJ42vv5oGVT3KCaU4BNWHL9+2DKfHfEtmvtyuS5L8WMYfvniCq/VdBcdIN3qrQTdK+YbUJzviBbdkNXeU+flEDzIQwRVJGTstiI7EiMP4Q8i8/sQerSqdjbEA1LaBT0EGZHveIjcV9wvdkngq/J4X9Wc2OQu7Vq2PxHgYv8KU/XE5ddrVd1qeogOnLnY7JXtZbGjbYlTvi4NSa9or7d/ICAv8LrW6+2+fftxz88yMlVEMg5akRuJoYdwancrvd7Mv8TJxpPtvhSObgk5LbVueV4GGRvqlowIdUtGhB6CzAZ1S0aEuiUjQg9BZoO6JSNC3ZIRoYcgs0HdkhGhbsmI0EOQ2aBuyYhQt2RE6CHIbFC3ZESoWzIi9BBkNqhbMiLULRkReggyG9QtGRHqlowIPQSZDeqWjAh1S0aEHoLMBtbtHGeToDO4RiEZ/xyd1QDnWzIi9BBkNn7GQ8gzr7I3nqD5B3mIk7SuH863ZEToIchs7OghTmk6GjxEfTDGCVoDPYR7wk6q2BO0rh/Ot2RE6CHIbPyMh4gZK/73PMTwcL4lI0IPQWYj8hB3cRrlP/mWPt5RnwP5dxt6pi9O9q6OiQSv/x3+ub2FnYF5lCg+cHK51/FXB1SqC+Tpl4mQRF161Qf3oqNQzfzIaO9WaTCZ8mTRv4rcrJ4LzrdkROghyGz4HmJbVP7drmIxVquoecq1/M99uS7LVR7mvS7bRjnu66JM5/lcBW14CFXFfREV2E/26vq/JX5LRRDSv+0YcOWl0L0ofqudOtqotDKZdiSDwPmWjAg9BJkN30PIheW5MBkvB2vwv9t1ud8Xsaq9LIRVDiy/3kiwlj0QNVxA4a3e9dIGxSE91I2m43Kb3/FZRlMyh/wchPMtGRF6CDIbXR6iwF5qhVlY7o/H00S8XoXlwPKNDyOMxXUtv7xM3O7caq7K1fXAB4FyxUcZl4vjIXR+/DJjD2F8RAOSSQ9ByIeghyCzkfYQr11xvOKU7zyXw9dnBffl+fn/th+R2UhAb6SMwMf3IaqQqo9BEh5il30IszTzbnoIQj4EPQSZjej7EPIj9u0R1lzWqjf+3a6XZREfYlyXZXvKRuV4r8ce4s3vQ+BvHervQ6S3RqpiAg/R9H0IO1pUmhcWPQQhH4AegsyG7yHWr+vjr/pfitW13K/XX+nDf39xKVbE6vWkh3jIDw/Exodxe9UwGT++3v7iKAxpa8z1dt++YOnca8aPmwmi1Wl3kkkPQciHoIcgs0HdkhGhbsmI0EOQ2aBuyYhQt2RE6CHIbFC3ZESoWzIi9BBkNqhbMiLULRkReggyG9QtGRHqlowIPQSZDeqWjAh1S0aEHoLMBnVLRoS6JSNCD0Fmg7olI0LdkhGhhyCz8b5uxU8dDflrRafB+dUsUsL5lowIPQSZDaxbeVA1Rv2OIj3EO9BDNMD5lowIPQSZjXc9hDrvmh7iHeghGuB8S0aEHoLMxpu6dU+PJE3QQzTA+ZaMCD0EmQ2s2/JYpr/zn+TBTfIcquqo6eQpUOpzkLqKR1HP9qpZiNGE6iKnIomoFB91vp5J5jbNKU0er5VMUVHjj8L5lowIPQSZjbyH0OeAi9Op7X2I1GnU4iJUhXlONyqkjL84UnQLwGqLvnctEX2mo8upatRNM0vzjimPU/TbcL4lI0IPQWYj7yG0IRDLWpOHKBf8tShQhWkQYCHONSgC614NuKKqIBMVzl17in4azrdkROghyGz0egixS9DsIQqQh7gsd7BPAAsRVDe+/oLE+ZCluN0pvQ7YjcosTf1JS0eKfhrOt2RE6CHIbHzDQ5jrYMv1mcW0YR+i8hDVxyBd+xBRadl9iKZm/wqcb8mI0EOQ2TjMQ8hP/uGH/aA6WUX8fQgnfv19CHfDw2t6zkOgqGBpqe9DxDX+pK3gfEtGhB6CzMZxHiL3RwcXuyS1tId/l3EBhkJ+hLCWnfosYyv9eruLr0SC/Bj3yahwaTJF8rONTIoe9BCEjAU9BJkN6paMCHVLRoQegswGdUtGhLolI0IPQWaDuiUjQt2SEaGHILNB3ZIRoW7JiNBDkNmgbsmIULdkRAIPQQghhBCCgB6CEEIIISQPPQQhhBBCeqCHIIQQQkgP9BCEEEII6eE/ddj62v+0tXYAAAAASUVORK5CYII=" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Rcee50c7e8d4c4306"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R4f5bd217b64b4a3d"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6715125" cy="1943100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
@@ -686,27 +686,27 @@
       <w:ind w:start="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rbb9e0af1ade0494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R931c1b3ee8354286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rcee50c7e8d4c4306" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R374933fc7a6c4c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R04d27126dcbc4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R4f5bd217b64b4a3d" /></Relationships>
 </file>