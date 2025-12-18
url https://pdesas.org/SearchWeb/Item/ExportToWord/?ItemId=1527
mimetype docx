--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9eef1bac768d4866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rff80cfb0c6364578" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Continuum of Activities</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Continuum of Activities</w:t>
       </w:r>
@@ -225,51 +225,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5829300" cy="552450"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAmQAAAA6CAYAAAAeCkUSAAAKrWlDQ1BJQ0MgUHJvZmlsZQAASImVlgdUU9kWhs+9N73QEiIgJfSO9Cq9hiK9ikpIIIQSYyCo2BARR2BEUREBdQAHQRQclSKjiFiwDYIF7AMyKKjjYEFUVN4FHuG9t96st97O2jnf2mvfP/89OWetDQDlPlsoTIVlAEgTZIhCvN2YUdExTPzvAAukgDQwAAibky50DQryB38bH/sANL3eMZ7W+vu+/xqy3IR0DgBQEMrx3HROGsqn0WznCEUZACBoAs3VGcJpLkWZLkINonxsmnmz3DHN8bN8d6YnLMQd5REACBQ2W8QDgPwBrTMzOTxUh0JH2VTA5QtQ9kDZiZPE5qKci7JRWtrKaT6Bsl78v+jw/k0zXqLJZvMkPPsuM0Hw4KcLU9lr/8/t+N+Rliqe+w0NNClJIp8QdGWge1abstJPwoL4JYFzzOfO9M9wktgnfI456e4xc8xle/jNsTgl3HWO2aL5Z/kZrLA5Fq0MkegnpHuGSvQTWP4SD6lLJJzI92LNcVZSWOQcZ/Ijlsxxekqo33yPu6QuEodIPCeKvCTvmJY+743DnveQkRTmM+8tSuKBm+DhKakLwiX9wgw3iaYwNUjSn5DqLamnZ4ZKns1AD9gcJ7N9g+Z1giT7AzyAJ/BHP0x0NQcWwAyYAtRVRsKa6TMN3FcK14r4vKQMpit6axKYLAHHxIhpbmpmBcD0HZz9i9/fn7lbEIMwXxOi+nbouUWq52vxSgC0oOdCkThf0zoCgHQUAM3ZHLEoc7aGmf7CAhJ6t+lAEagCTaAHjFF/1sABuKBOfUEgCAPRYDnggCSQBkRgNVgPNoM8UAB2gr2gDBwC1aAWHAcnQQs4Cy6AK+AG6AH3wCMwAIbBKzAGPoJJCILwEBWiQYqQGqQNGULmkC3kBHlC/lAIFA3FQTxIAImh9dAWqAAqhsqgSqgO+gU6A12ArkG90ANoEBqF3kFfYASmwHRYBdaBF8G2sCvsB4fBy2AevArOgnPhHXApXAUfg5vhC/AN+B48AL+CxxGAkBEGoo4YI7aIOxKIxCCJiAjZiOQjJUgV0oC0IV3IHWQAeY18xuAwNAwTY4xxwPhgwjEczCrMRkwhpgxTi2nGXMLcwQxixjDfsVSsMtYQa49lYaOwPOxqbB62BFuDbcJext7DDmM/4nA4Bk4XZ4PzwUXjknHrcIW4A7hGXAeuFzeEG8fj8Yp4Q7wjPhDPxmfg8/D78cfw5/G38cP4TwQyQY1gTvAixBAEhBxCCeEooZ1wm/CCMEmUIWoT7YmBRC5xLbGIeJjYRrxFHCZOkmRJuiRHUhgpmbSZVEpqIF0mPSa9J5PJGmQ7cjCZT84ml5JPkK+SB8mfKXIUA4o7JZYipuygHKF0UB5Q3lOpVB2qCzWGmkHdQa2jXqQ+pX6SokmZSLGkuFKbpMqlmqVuS72RJkprS7tKL5fOki6RPiV9S/q1DFFGR8Zdhi2zUaZc5oxMv8y4LE3WTDZQNk22UPao7DXZETm8nI6cpxxXLleuWu6i3BANoWnS3Gkc2hbaYdpl2jAdR9els+jJ9AL6cXo3fUxeTt5SPkJ+jXy5/Dn5AQbC0GGwGKmMIsZJRh/jywKVBa4LEhZsX9Cw4PaCCYWFCi4KCQr5Co0K9xS+KDIVPRVTFHcptig+UcIoGSgFK61WOqh0Wen1QvpCh4WchfkLTy58qAwrGyiHKK9Trla+qTyuoqrirSJU2a9yUeW1KkPVRTVZdY9qu+qoGk3NSY2vtkftvNpLpjzTlZnKLGVeYo6pK6v7qIvVK9W71Sc1dDXCNXI0GjWeaJI0bTUTNfdodmqOaalpBWit16rXeqhN1LbVTtLep92lPaGjqxOps02nRWdEV0GXpZulW6/7WI+q56y3Sq9K764+Tt9WP0X/gH6PAWxgZZBkUG5wyxA2tDbkGx4w7DXCGtkZCYyqjPqNKcauxpnG9caDJgwTf5MckxaTN4u0FsUs2rWoa9F3UyvTVNPDpo/M5Mx8zXLM2szemRuYc8zLze9aUC28LDZZtFq8tTS0TLA8aHnfimYVYLXNqtPqm7WNtci6wXrURssmzqbCpt+WbhtkW2h71Q5r52a3ye6s3Wd7a/sM+5P2fzkYO6Q4HHUYWay7OGHx4cVDjhqObMdKxwEnplOc009OA87qzmznKudnLpouXJcalxeu+q7Jrsdc37iZuoncmtwm3O3dN7h3eCAe3h75Ht2ecp7hnmWeT700vHhe9V5j3lbe67w7fLA+fj67fPpZKiwOq4415mvju8H3kh/FL9SvzO+Zv4G/yL8tAA7wDdgd8HiJ9hLBkpZAEMgK3B34JEg3aFXQr8G44KDg8uDnIWYh60O6QmmhK0KPhn4McwsrCnsUrhcuDu+MkI6IjaiLmIj0iCyOHIhaFLUh6ka0UjQ/ujUGHxMRUxMzvtRz6d6lw7FWsXmxfct0l61Zdm250vLU5edWSK9grzgVh42LjDsa95UdyK5ij8ez4ivixzjunH2cV1wX7h7uaIJjQnHCi0THxOLEEZ4jbzdvNMk5qSTpNd+dX8Z/m+yTfCh5IiUw5UjKVGpkamMaIS0u7YxATpAiuLRSdeWalb1CQ2GecGCV/aq9q8ZEfqKadCh9WXprBh0ddm6K9cRbxYOZTpnlmZ9WR6w+tUZ2jWDNzbUGa7evfZHllfXzOsw6zrrO9errN68f3OC6oXIjtDF+Y+cmzU25m4azvbNrN5M2p2z+Lcc0pzjnw5bILW25KrnZuUNbvbfW50nlifL6tzlsO/QD5gf+D93bLbbv3/49n5t/vcC0oKTgayGn8PqPZj+W/ji1I3FHd5F10cGduJ2CnX27nHfVFssWZxUP7Q7Y3byHuSd/z4e9K/ZeK7EsObSPtE+8b6DUv7R1v9b+nfu/liWV3St3K2+sUK7YXjFxgHvg9kGXgw2HVA4VHPryE/+n+5Xelc1VOlUl1bjqzOrnhyMOd/1s+3NdjVJNQc23I4IjA7UhtZfqbOrqjiofLaqH68X1o8dij/Uc9zje2mDcUNnIaCw4AU6IT7z8Je6XvpN+JztP2Z5qOK19uqKJ1pTfDDWvbR5rSWoZaI1u7T3je6azzaGt6VeTX4+cVT9bfk7+XFE7qT23fep81vnxDmHH6wu8C0OdKzofXYy6ePdS8KXuy36Xr17xunKxy7Xr/FXHq2ev2V87c932essN6xvNN61uNv1m9VtTt3V38y2bW609dj1tvYt72287375wx+POlbusuzfuLbnX2xfed78/tn/gPvf+yIPUB28fZj6cfJT9GPs4/4nMk5Knyk+rftf/vXHAeuDcoMfgzWehzx4NcYZe/ZH+x9fh3OfU5yUv1F7UjZiPnB31Gu15ufTl8Cvhq8nXeX/K/lnxRu/N6b9c/ro5FjU2/Fb0dupd4XvF90c+WH7oHA8af/ox7ePkRP4nxU+1n20/d32J/PJicvVX/NfSb/rf2r77fX88lTY1JWSL2DOjAIImnJgIwDt0TqBGA0DrAYAkNTsjzwQ0O9fPEPg7np2jZ8IagOoOAMKyAfBH1/3oqoOmtAsAQWiGuQDYwkKS/4z0RAvzWS1yCzqalExNvUdnQ7w+AN/6p6YmW6amvtWgZh8C0PFxdjafDhl0/u8xN7OMCb3qwssG/xH/AK1DBDl+dVqUAAACf2lUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iWE1QIENvcmUgNS40LjAiPgogICA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPgogICAgICA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIgogICAgICAgICAgICB4bWxuczpleGlmPSJodHRwOi8vbnMuYWRvYmUuY29tL2V4aWYvMS4wLyIKICAgICAgICAgICAgeG1sbnM6dGlmZj0iaHR0cDovL25zLmFkb2JlLmNvbS90aWZmLzEuMC8iPgogICAgICAgICA8ZXhpZjpQaXhlbFlEaW1lbnNpb24+NTg8L2V4aWY6UGl4ZWxZRGltZW5zaW9uPgogICAgICAgICA8ZXhpZjpQaXhlbFhEaW1lbnNpb24+NjEyPC9leGlmOlBpeGVsWERpbWVuc2lvbj4KICAgICAgICAgPHRpZmY6Q29tcHJlc3Npb24+MTwvdGlmZjpDb21wcmVzc2lvbj4KICAgICAgICAgPHRpZmY6T3JpZW50YXRpb24+MTwvdGlmZjpPcmllbnRhdGlvbj4KICAgICAgICAgPHRpZmY6UGhvdG9tZXRyaWNJbnRlcnByZXRhdGlvbj4yPC90aWZmOlBob3RvbWV0cmljSW50ZXJwcmV0YXRpb24+CiAgICAgIDwvcmRmOkRlc2NyaXB0aW9uPgogICA8L3JkZjpSREY+CjwveDp4bXBtZXRhPgptfcijAAAkiklEQVR4Ae19D1BUV5rvz1eiSIQEiH9GxkXH6EMTmgixSMxIbHQy8LbWZhOJjuKsmAlSVgpwJ5Ft68nsa6vCYmVf0laer+GtgXoKO668ebZvU7gmQMRooEiToXECoxCxDMSAwtidSGt31X3fufc29P+mBaGbnKP0vff8+c53ft/5891zvnPPLIEcuOMIcAQ4AhwBjgBHgCPAEZg2BP7TtOXMM+YIcAQ4AhwBjgBHgCPAERAR4AoZrwgcAY4AR4AjwBHgCHAEphkBrpBNswB49hwBjgBHgCPAEeAIcAS4QsbrAEeAI8AR4AhwBDgCHIFpRoArZNMsAJ49R4AjwBHgCHAEOAIcAa6Q8TrAEeAIcAQ4AhwBjgBHYJoRmO0t/1mzZnkL4v4cAY4AR4AjwBHgCHAEOAJ+EAjky2JeFTKWRyCE/PDEgzkCIYMAexnhdd+3uDhGvvEJhVAuw1CQknceufy8YxMsIUxGgTi+ZBkIWjwuR4AjwBHgCHAEOAIcgUeAQMgrZJb+izhyuAo3LJODjm24CzVHj+DgwcM41zE8bqKTy4cFLTVHUdPSP+78Hy6iDcPDZtgeLjH6287h6OHDOHikFv0PSySAvC09tUhP2o8O83gTmVGzNx0Ha7vGm4DH4whwBDgCHIFgQMBmg4X+fkxuAgqZGVVZs5BV3jGFeJECMTgIs4OMrLe+RHHJe7hlnQw2zDieuxo7C4vR/FEJ/m/Hdy5Eh3Hu6H6waUjxLykLVS2DYpzJ5cOKlrJC7Lxw0yX/yX3sqtqKmJgonOx6CG12sAGZKZkoLKnFR8V63ByZCG/ucnWnZsP5I9lojF2On0a6hnqri5FYsQIozS5Hj0OdcU0dzM82euE4mJU0WufS95bjRoiWZVpwtvXj7JG9In7lHjR5yw2GL7XnrHL40vMHO85ivxc52G6cQxb1CUn2foFd/dCbFixCNVMfMhzuqMWuJLk/ZjLYdQRdngRp6cAuR/mwuEnpJLMkVFG94DKcwsph7kH5/qzRPm1W0i7UdjlOfgyj9vAuzAoLwzz6Y+FnPQp1Cnmeoqx82pD54+G+Cbh+f1I0IX9ZSeG2TmxcqMBOgwkHkuVROWwuhcUibHwUfMey9aJODyi1RjQUJLrF7an5B2QWViBHU4ncdfNxSZeN986rsTt1ATCZfFDOc2OJj/BJKZVbOewei1L2QF20HorYwKuB5dY1GIlQ3UA7Mqj4E3Ke5OpK0GzA+xVAkV6FaNcwevZWF1O27QOKs/GRUYMCe53xkD4ovWw3UBKXhlKoUFn3HuZfPYXswnwsi42H9Z0MBC61oCzlI2PK3FUL1WpS4uUc7lsdNVkb2qreRkru+1Koyhcbw6hUqPC+sgi66mIM1JWhpCIfuU+vo34iGSN3roK6DRSVabEvnOoi6AUnas3k9Em+2PoRhPmUoa0LBYpsnCS51DXvAjo/QmZuMbategHthzY4ozM7FiptGdaBBERu7ty56DqWDyZ9NoRxGYqwTMmP+asa5L9vgvZ0HZY9aMWhnSXI3rYKfe2HsIQ4aDnyKrJLGpGn1SNn1bf4XWY+teMIGEfKkSiJb0r4nI5MJtynk97g0fV3teByWw8ezIlB8ksbkbBAQtI23IOmL+9h7brFuHrpAnqG5iDhRSWS48emPVjaL67Q7ND8GCyKfozoR2BV0k9x/dPLohKQbryENms0Hl+VgoVi7lGwWgbRRvS6PNBzZXCQ6H9+pQffYz6W/ufnsCGRqoHNjI5PGsWONcfyZ7S0AKtSEhE9ipAFX14gjUBRhmOHdoNxm54hQO00peqLDwt62lrxp69vUr4xSFz3IhIdygxLPy6ev4yb389B8sYkzI1y5Zr4u3gJHTeHMGf+Yqx9YT1WEKYSnrexNi1V5tWMtoZWRCSuH8Wclbfj7mKkpcY7DeLRy5Kg2r4cKxewQg5TuiuIXfcscK0Vl7puIWZFKjanrnBKw7gy93fhkoEtAypwq6MFbQsWQ5Eo0fYmd5bONkiy//xL3PoeWEr8ibhbKF8Pcl0xBjxLisE/nhcH1gPPxYvPnn481cXZ8eugpsiFJy5hX3JoKTHDRj0pY0BZcyUp/aSGZqTh9J8qkF1ajc6SjBnfOXmScSB+186fxB31aRg2f42UTcUuSc1oPdMATZ0RG68WIu24S7DTYzTe6OtDwZIl0nC+IxVDJ5/C+2c+wzApZLPFlzEV9vx9ARJH+wsnAvzhIRHwJUNb31WcJLpl72qQwV62UldCk1uCksYvMUwKmdOL2+wl2FpwwIELG2o+yweMailtB3ux5zJ0AOiR3UYmvQmT9RAixbaSgZ/eNiClsBE3h0khi+zCh8X0ClWkR3nBFpGHU00DWJhWgsb2f0Ii6wdnsqPdZB4dldmj/5inSdApISi1hjEv+a5JqxJYehqw5SuE6k6TGGoyaEf9pDhSvLo+qxhurMzzEK4ULv+x0s2/rHlIMBl1bv4sXzs9V+aatTlu8VVlTYLV1CwoRZ4ZPxJPzRLLoyQMcrmKdE2CS5AfPkaESpWd7tj1dO+IRNtkFPKc8pbiqHQyttZuQaMYS2fHrdJA5Zfx1NI9c9buaol/db1EWxgQyhhtVbUg5yb7C5S2TIwrltNkcCm/lF9ededofPuNQat0xlChFVjuPuVulPkiXhRyWVXaZmGk07Nc7XnZr2KeijIqjSfnvS6y2PVqqocKnZvMPFFifgzfYHAGHWtHKsHgILhefZHk51oBp5jhYMFoPMUekfsIextxTWPUUX0OoH4IQrdQJLapSrFOSX2QQtB3DwhDAwOCyUFernkF03PIy9DaKeQwOSjUgmFgROhrlsYCVaXRL8wjnVJ/ZO/fQlGGoSQ/rwIxdQoa0iMAtdBLkax9erH/LWt26OlpbKIJbI+6hle6QRIQqIy8jjz+CXkeBK29EqA5dmVC6BPKmDKRIykEdgVKkVcpMB3M1HlaHKBVTLEbMYoNTKmRlImR7tOycCRlQxiSlCatg7B80nMRip03RVG1qEAI9FtdJCmN+l5ixgN9JxJUMcYUJ5WgrTMKkhpJ5ZA7fY/lIlXIoNcLRuo0RDdQLyo/Kp3UcXRXS0poWVMfBVuF5ko26EIQMSGfzkpJiSyr6xaTWweapI5ISYqQjJmClErmOmVagIaQJ0d5MQWoqI5Vd2cn8awUDGxwHzFINJEj1PWSh7VXaigsD+dk4tOQqAgqheYhCQE7tp7lLtcBZZnEE1Ew6FiZZGXDH+407OmYQqv0plR5rot2to2iYlMkdNuFZQ/wcvVf970knGRviW+F0OQgALty4e2FY5JZ8EouWDDyyqBDgL1tTpZC1qtXi+2zSC+1KZPR/SUzT9vk9gLkwFJQ3M4EGQ4ZXV7o8k6PA3eroC9iSgD1P6zvIxeKMgwl+Uko239HhDpNjqBUjb3Y29umySAp1Vq7YEThSOO+fby0UwmFa6AymoBRP2XlwY3c+Vb0jbhvRE1NFf2dx1+Wk5fxNsbsvpWoeHc3ltCUZWTCL7GPpqbIHI1cGC1OkvnFQskoabbr9P+8MIgreWGuAd7oiURHf8y3pGW2soM75OnsaLyyZ78Y3nuHLEG90pdJRCaj3DqA+koNLdbpUZipQMrhcw67FL3xEY7kLVvw03u9uNjQgHOf30IckTSJ9ne0o7JOWgp9YwNbQZ+N1N0a6EiLkjAx48KZkzTpp8UbGWShzmIs2IA3tQRaYwOuWlcjm7REY/GntOhowxVGS3Ql+IL2GwwaPqFlXgVeoeVKf44QgEp3ABlsKXV2PLK20XvJnbluS5aMjrRMQxKTheRT7uZbuMwMzqhufFpbg6qaGhjvMip6fN1H9jb+cKeYbEFhYu427jmaEE2M2BSmdl6IlSw2qXJwNz0I9DcgV0ULyQoN3t4itanI1bno7uxGb28vuo310FCzqShMQ0XL8PTw+KPJ1YZv/nxVKq2S+kPmKo7hD23SRivJw8Pv4Cc4RMZjCs1vYTcr5TL0gNMj85qNhavXQZmiRFGO1JcVvvUBemgoGDO8dOysH+AOBUVOfBB4ZCWaLMKums2E6Q4N3BBpfNdajzqZWsSiHBStX4V59CwNKA64O+YYHocXaA46N1+B9DoVGvV6Cs1D5pro0ViSkuLO9njM37/542WisxxxzABMdrNjY+y34lWi7+Tl/DB7AdJ3H0L79h04sv0p2uF5BIaiDKyRY3nmw4yzB1VQlTZSLAWUqlixgi0X04zA3Ec3yxc6KD5holE/q4SjbnmUQzj53mWhcYgg5fS5bRrqiGpxseNlfEy6m7a+Dtc3ZaLx8zbMaabBQ6nDs2MQjpL0dCMpifYQv2jYI8Kn3AkUEXJjA+o+vg3co2QREcjJ02BplCRLb3K1Z3DffvPQVzOsrPKFkFGoVSx0FB5jDUd25j7WvmKxUDLAsHvz61QgYG7D3rhNZMuoQtMnkgGymO1s2s2bYO9U4nGosgmNMWlo7fyG7JrG2fCmgv8Zloe54zgU2aXI0zXjf+xNpbfPFry9+XnsTPmvSCYD8AQvbb3lX3WiLbL+1y+MIcJlOIbFI7+bjeStBUgW8zmEvZn7sZoM+2su5+PtJXI7sisKLE7YYzRqk+3yVG4gFHmb+h93zSZQHuY6qyAxcdJb42v/eAI7pAkdJ4qOODsFsAfzNbDJIKVah9+sAn6z57f4xX/ZANHmXI7MZsgsTrul5IBxXJaty6RY+bj8lRmJ8qvRgLFZTukfCovZgvBIuZWHr8Dm9Uqa5GEc+XHmr/A+KWNkM4UzBdRx0C6s8qR5OCUmi8azGUSnuB0D9FIgjrOWa/icdLfYLIluJKujJymcLlJ1teHmN0Z6SqcZKmDJ2o1QogSqHJoqo8HCsH4jVtFtpipX3EWUU/2SnI6CH5HzKXcayNjsm6KsAicOsPK7OHoz8idXEQN/+qFLXXTOJQWL7WOmc0DQPi1+JoV4K0HrNQuSxe1FNnzxH6Rg00tKhIOSFrQFCBLG5olG9zTLGuYZNHnefezlXOSbfQOJ9Hf7NL2lCwd/noIKal/1fWewwdfOYtOw+MK1co5z3xgkcIQkG55keK2R9aAqvPl6qvSyuiAVe/fRbtj873BXfPlykSEruaUNHxTSi35ONV6O99HncxlOWT2JS/iJmNfQkAnh6xNJosDx81dQkCrtlB1u/UTcbKdbv3LKeJqujHzUyPGx1PhZHWp/8mfgAf2nv8QXnhEB3fnKXsRU7sfKCCv+dOFf0R75Kxzakeib6LwILKIY+o+OIeqmgpSINrQ2f4ntb+YhdcnY607xByfw3A+r8ETCRgQiosjlz5LiQipZylv4SfN+LP+hmZYd2QCnhoopaGzK1KsbxtGoGJwr0uLAK6mY890F7Ge7QSjtYs/9/Bgl+pYKUziuX+9ET/+T+PKDN5BP+hSreMwtVjxPv6X4bck6lGydj/IUFXX8FC5O0UZi4041KWSleGN/Et7d+zy+Of8esimCUrsdCUyC0c/i1zSz2HiSEd2HleHhWPy3lKaClU2B7I1P0fXRushlz/qQ+xqaDQOyi5/H4Z81YcfaJbh97SJ+3zQfmne2jiqLjnJNdpA3U0MTf05o5XeNKa0eiuNWF3+RhcQFNnR8Rh2wKms0Hw9Jg9JrydqXRUU7P0eN+Mo9QOuHUNFSi7IsR5J7UHIdPExZ+jtwuesvGLpSLzL1Wd2/Y83gIvzVug2Ij7Shp6UJN6jPutZ2ncK7cP5iA+27XoK0DQnoLN8KRT5gMJ2hZa1hlG9fjVL2DpSXSVHP4ewXD6i/m4N1v3wRl95S4cKK3yBncwLmDBjxQWauaCbw3i8SggeMEOXElwwXr5L6zUOlNTi840WE3W7He8eordMLy+PUJ3c4yVACoOsP5eLOTO2bmQ6T5ewD0lyGU1NFLKjJmoeyRVqU7fk5oh98jQ/fLBazfnFdnLiC8RqNZTtL0nBkdRM2L7oJTRoLV2Pz6hB7o34YQL0ZxhEtb0Gyv0mozGGGkc5/OqNJGDBUi7siHMM0skG6kyG5SMnBIJuMu0kWgiJHI1RXVwuVOo1MRzZQp/gGh12YLC+f9DyUwI03pVpolnd4MsN2GvYFu4Ghc3KrYKiWjHlHy6UaS+uPD6NjWoW0kWB0FyWZzZ9Wjxk4qorULrtKRoR6rfPu0xzNaSdj++7T0kaAHPsOI3njAGltXnYm2jcijBn1s7I7Gk762n3mXl7aP+BD7rR7QyjLGdt1yzBUqvWjBriucnXGnniVd5NWdnrawua9Lto3ijiWy5W26zPjLVhcX5NudFeqiFlRpVd5TiXPwYSRt3Ib5c0wjFfHv+puVoekfsfRX7yXdwxLGypko2/azSfuqnShw+KzzUBu/YIiRzhtcNgl5o3BafZn/Ae78yfDujLnfhGKPEEv7+h3kqFYUFnmtFtb3PDkUPhQlGEoyM8B4tHb3nqdy45+JW2QkzasiZGGDIJa3Hkpt1uSab39iwSjVELjJlAZzWLFokRubjIOLrWYyW6HFgLm0TLfeKbizG1HEZVyHPVD7UiXTS/O7Z2FzIocGEZOIFmeJLNZLLRBYDYiw8dD1a1o5GGD2TxC1zBE2pcgPUXz6CelDaPlj/BA87dZYB6xUp6Spk8rIk642AivkVGebMTlbKdwyOnDwiIpb4/MBYWnL7nbLFRGWk4Im0dlcBGfT7nSktGueavRpzWIH+Mcb0GlOlUIGoRpCX18oE1G3R8vf+OLJ9dXqnMPX+fHl9N4YwUfRuPl/FHFm0if8qh48k13xshQ7hdBKxGRE+oYQ0uGoS4/aZygPV00HroMBWLFtY8jgY/Rvuv9VIYGKqNHqpAFWnBLTw3mPbWTkimRp6bpaDJIr2hku2Hq6cvL6YGS4/FnGAItR5LwPC17dlvLscJTC3YrrwW1u+Yh26jFUHuB84ci3eKOeQTaiMZS/njuOEahL2suw9CWIZdf8MsvUBkFlULG4B3uaUHdJy3oGbhLVrgLkfTCS3iZbDrGN7cR/ALiHE4AAXMXav/fVax/bYv4yRT/lCxoO/sH/PD032DDivHbHwTaiPzzMfNicIxCX6ZchqEtQy6/4JdfoDIKOoUs+CHmHM50BAJtRDMdD0/l4xh5QiW0/LgMQ0tertxy+bkiEnzPgcpo0j8MG3yQcI44AhwBjgBHgCPAEeAIBDcCPmfIgpt1zh1HgCPAEeAIcAQ4AhyB4EXAy75Jjwz7NI0OhJBH6tyTIxCCCAQ6zRyCRZwwyxyjCUM47QS4DKddBBNigMtvQvBNSWImo0AcX7IMBC0elyPAEeAIcAQ4AhwBjsAjQGCaFTIbhofNDodzeymhrR81Rw6j1t+hsV6SM2/2/athM/vy18M4M1pqq3D44EEcrW3zz+/DZOGSpq1qL9L314pHDrkEeXy09JxFetIuNPQ/bBk9kuWeHAGOAEeAI8ARmHoEbOzoqx/XeDYBhcyMqqxZyCrvcBKUpasKbJquqoudXujbdVVtRUxMFE52+TyzCBi5hX8pLsHhT772StAyPIjBYW90zDiWGoWYqGMY9krBe0BP7Vt4PjsXJc0f4fjJ1nErSZ4pkhI6OAifuiGd/ajJrUDcumfE437Y99kYpuUdzph2VO3CrKwqkZ/wFfSNLuNJ7D/+uedsuW9IImDrv4iDWUmi/FkdSN9bjhs/rj5qSuTWda4c6YRvVnmbU35dNfsJ+yQkURjDn/3tconjlIA/TD0Clh5UHaS+0C4jejE96zD+cBlOvUjGm+PFo5Lc9lY56hHDqD1M/vSh33n0N8tFnuOlHYrxfNqQ+SvQfTrs+brLCexW630xmeme/1FjUcoeqIvWQxHrhw06o1c8wjvc22G9Fvz+1YXIvaPDSPteD98sC8Pa/Rqo7z8Df8dOeirzvTvXyLsMpoYDEz8P0daJjQsV2Gkw4YB8wLlrnv2ttXSYqgJNmQlikPWepIjddz1U/X4fE4CcPB6/0qlQmn8SXeoN/KxDV1BD8dl2AyVxaXTKqQqVde9h/tVTyC7Mx7LYeFjfyfD4detQLOb08tyP8l1xoGYjOpW9OclMWc3X6S4WW7U6vA4KpFNCnlyzWA7ll2BAoOv3v0Vu6XVodNVYevcCcovpCPjVT9IHpN8TPyDNZRgMUnLnwdZTi7RCqeF956BHtBx5FdkljcjT6pGz6lv8LjOf5BkB40g5Emf4B0n9aELuILr6xLp6eHi2Dfag6fMvcet7YGniemxIXCLGil6WBNX25Vi5wM6GGR0XL+HP332PmEVL8dgcihaxFKnyCeJRc3/AjY6LuNRxEzErUrE5dQUNSjb0d3yKevqiP+gw8k9bWrDwyVVIXiGfvSTmFI5nX87CnDux8iA2jLaGK4hd9yydLNyKS123HOiJCeQfG250GWDoukPPPbhEtJctXYOEJewjo4zGRXRRoeYvTsCGtGRE24tBoR7LbKE0n16mg4eBdOMltFmj8fiqFKxwTEgnnF8+RYeCK3V4xrEIlMafW/lSFkXJxQXju0jwouz5o8HDgweBYaOelDF6FWiuxO5UqgwZaTj9pwpkl1ajsyRjxndOUyIJ8018ZsxDU/cBfPXGUzjllim9dSp/DXXBbq4Au2ETHB4J2ysx8Go0Fojfft6BFbiGtOLruE2n40nfg+YyDA5JOXIxjONvZAOqIhSZ3ke7/UXI1oUPi2kwL9KjvGCLmOBU0wAWppWgsf2fkMj6wZns2FmWnhyV2ZO3g5/DoeCOvkadwNLaD+g2GavFZ+anoD92VWmbxRQmQ5n43GyiR2uvUOZ4oKgcFzmnhRE69DvH/uxwzavupIQmQatwPjxYUSbRd2BLMGjZwdZl0oHcJoPL4aZSeomeYyp32kqtgXjtFjT2PEevGqHbKqX1VuaRzspRLBgO7K+secgxQ7rvFdTkL+Yjh0gHeTNMGVBjzu3wb/lwdMe0Y7H53XgRYHIJBmfQqaiO0AHXDuep9+rZIfLyodfTyGSwYDR5EHjuz6QDqtVC59CQMDAwJMhNfPKynUZKM0+GEphNGqXYRsRxhbxmqgxDWX599Wpx/NP39gnVKtIN2LhKztqnF/3LmgfEZ/GHxmuVy5g4Fhjcd4HKaAI2ZHSyEa0jNhamjK3d0xp+lCKfeLC7fvzPHDqbUlmGPjrDvJ3+DLoc6AtL0cbMvcIepx8lHacNmGk2gCnGlcYhNhpSPBIBLdUY/9dWcQlSXLRT5KG+1wRS3qBRAhX/cp7mqSJR0D4ALT1DqQWJEe0HUunB2YXNpbk8xePSWy5lGCcG56DOjZ5jOkabeGHEFRLthoJk9PzbP6LEqMDpzhEIFG7t1gPGEvwfA7NQ817mr5bthjDUTCUGtM0DYjkPuGr85jv4isKj5jJUnF1hSpQT1op8AsxxijJ8KdaT1svdzEBAqgHX8QO96dvdouVsGVuPAZ9GiPbY/DpRBKzMLoPmKVfHxGDhwhiEzcpCzQQ2F02UH57eDwLDF/E7Wu6CKgtrxBkzgMvQD2ZTHUyzYP9tE839q+uxJT4GZmpi9mFs5Na3IjfhYY5rk1awVuhpTJxq1h91fg6LbIFnJc4yqtTQZcWDmVeQioa7XWdQ/D4pKMyZb+Gyka6Kb/FpbQ0ePKD7uyxAj6/7LFjJbu0ubK54tzhWmpIME621+nDPSt6ybqLa9ybS41kri0TWNhVKjs2VlxHCEUXKIUxzPdiPiWTdfpiCp9IdQIZHes7RJdbstM24WHeSIijQ3/YHVDUDc0ytYoJzLVdxYE2YzzInx4VJ9nBhXqCnsrLKl7V+mUjT8UdVVIashMftUOPGmXyUssijLhyP22v2qB+/CW0EnAXKmgOre9xNDQJrflWJzr+2Yd7s2bjTeQ5vkT3LzpRFSCZ7lgTHMWNq2OG5+ERgGFUFaSB1DNX/vH3U3pfL0CdoUx7Y8t/3oQJ56NSkU9420hrI2Scg5LGe+Y+5B7hDD3GSijDmPQPvvGgF4ywpKQPKbb/C3t2JowlI+R1TyAhc8SXF2IC6j28D9yhaRARy8jRYGkVZs2fZRS6OF4eZzLhZUKkU0OuNUGjqkcIIyJsnTQ6Gf5LaYk/9cNeHpXefaXNkCXam7gLNtImFQl5eDp5e9SQpj3d9l5lSSjqUd+iZbnn3L6zQInp0lVzmngLsdrBq7EIdSt+zh0rXH0GddS7wDH6S9sdE4TGHnSjmvhtU4lgsjPRef2YwJFNetPAF8UhYIGUbH78Xxyo/w+rc73CXacZcIZtyeXjP0IKzB19F7kmaeNF3Y8eKMeFwGXpHbcpDLG0oZUth5M4eO4qzlru4TI+N+ACHsQ35L8ljnvTmKbEX9hiW053ZafyXgmba78R7dReQRuRdliJQBCrTXRRlFTjhYRmRJtBG3Y3Pm0jFUUF3+jXgzgPk007BDDLaH68TVxZI1x5VsMebMOB4YfjJIpZIjVMn3oHcV49RoU9W+CozUy6ZwmVx3TFppyBXxMYvb+LQBmfq961s7Wqso5Gm4u0J6WobQDur68y2n7uQR2DxMylUhhK0XrMgWVTEbfjiP0rJLw8RDkpayBc0KAoQ5vym7oWneybWup2mpb3E5N5Th4ANDUe2Q1XaCPXpTryzxfe4wWU4dZJxzykCa1QqRJLedbmhgYJNuM4iNTajceULePPvUkgLAI6fv4KC1A0sBMOtn9CaGqBbv1J8nsk/E1fIfKETuYZmw4Ds4udx+GdN2LF2CW5fu4jfN82H5p2tTikjop+gZz2OHSMFLi4SbW3taP3jL5H/eoa70uOUkj1E4tkMsswqrse/N/wVYp5IQHqytJPTLeqEPcLxwjYNGbCVYNvBVdC+voEmxW7g/IlTeHLvu9iR4LvM9jmv4g9O4LkfVuGJhI1IXjKmZCFSsgOrvvtD4Jyab6OdUiUtiw08LU8RdAgsWfsy2RuWID9HjfjKPUDrh1C9z0wyc/hnTSZLWrZBtDR14EHY92i/Q+NCWyMaLg7isSVrkRp3HXtTNUg+XIB1y5/AN5dPQFVIQ4NSi5/ZG/Jk8cHpPDQCPbVvY1MxG7JVSI7px7mzV/GA/kWvegkblt3kMnxoZB9BwvAEvHPmjANhC6rS5+F/Z51EQ0Ei+VvwGu3g21mShiOrm7B50U1o0orJX43Nq2d+o5uwQkZ9mEc3V7SRCsfWdztRdm8birPTaGiRnFKtF2eyHGcl7d8vS8/Kwou08td/pR6F+Zk0lWlEw99J6XwZ9a3Zsg/K4mxkbzpJ9vcGtI9DIfNFz2OhZM8F6W+jSTeEtPxcKNiEhehyUP82m7aY7bPMCE9GSWUe9LmFIFahM5qcFTJEQ/HXpFuW1OHGoQ2IJ4phsn0do+3LDV+9INpP7HtanMLzFZWHhQIC0ak42aRDZlo+MlNIEyOnLKrEqQPSm2MoFCHoeRy5CfWmTWK7EXk1UrusYPalBpx5PRZPK64jX7VptBjKPC2OvVswjpfE0ST85hEjcO8OmcOITk/9P1PMJKfSGbHhKS5DOx7BebWKNtF3YNcGwrHjqAFX+lJEnUHkmW3mO1siflMuOMsweVzNYptGPZFjXz32EuQpul8/dnTRCGEeNi8S4W56hRnlWVHIN2kx0lAgL8r1Y/+sODSUNXvcNek5QxvMtPtsXmS4H9XFc+qAfW0WmKVCIdK9UOJxTd7KbKMPTI4Ql57SDbccRczzhajuHnGyhfDHX8PBWdhUqqEdrYfwqOYH/fEwE8Inu+5PHBNWr2m5Omyex/oycfqBUwg+jAIvw7hT+Gnn46YTZBG5DINMIAGyM9PlZzGbSU2j7X00noeqC1RGU6aQ+QO0ozwLiny2HJAD9fMRaC6tEN9a2echClKdban80Qr98Bs4OGsZStV1EOiL7ONytN07KSYNiupOnNiRMK4kPJJnBAJtRJ6pzGxfjlHoy5fLMLRlyOUX/PILVEZBo5CxteOOhvNo/KIdd+kTGo8vXIHUzZlIdfrifvALYLI4HOw4h4+vL8QrW5IdzPi9U7cNduDfPu7DxtcysMRtBtJ7Oh7ijkCgjcidwsz34RiFvoy5DENbhlx+wS+/QGUURApZ8IPLOfxxIBBoI/pxoOJcSo6RMx6h+MRlGIpSG+OZy28Mi2C9C1RGPhWyYC0k54sjwBHgCHAEOAIcAY5AsCMQiC2+18WtQIgEOyCcP44AR4AjwBHgCHAEOALBjMCEzrIM5oJx3jgCHAGOAEeAI8AR4AiECgJcIQsVSXE+OQIcAY4AR4AjwBGYsQhwhWzGipYXjCPAEeAIcAQ4AhyBUEGAK2ShIinOJ0eAI8AR4AhwBDgCMxYBrpDNWNHygnEEOAIcAY4AR4AjECoIcIUsVCTF+eQIcAQ4AhwBjgBHYMYiwBWyGStaXjCOAEeAI8AR4AhwBEIFAa6QhYqkOJ8cAY4AR4AjwBHgCMxYBLhCNmNFywvGEeAIcAQ4AhwBjkCoIMAVslCRFOeTI8AR4AhwBDgCHIEZiwBXyGasaHnBOAIcAY4AR4AjwBEIFQS4QhYqkuJ8cgQ4AhwBjgBHgCMwYxH4/41Xv/M3P87+AAAAAElFTkSuQmCC" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAAmQAAAA6CAYAAAAeCkUSAAAKrWlDQ1BJQ0MgUHJvZmlsZQAASImVlgdUU9kWhs+9N73QEiIgJfSO9Cq9hiK9ikpIIIQSYyCo2BARR2BEUREBdQAHQRQclSKjiFiwDYIF7AMyKKjjYEFUVN4FHuG9t96st97O2jnf2mvfP/89OWetDQDlPlsoTIVlAEgTZIhCvN2YUdExTPzvAAukgDQwAAibky50DQryB38bH/sANL3eMZ7W+vu+/xqy3IR0DgBQEMrx3HROGsqn0WznCEUZACBoAs3VGcJpLkWZLkINonxsmnmz3DHN8bN8d6YnLMQd5REACBQ2W8QDgPwBrTMzOTxUh0JH2VTA5QtQ9kDZiZPE5qKci7JRWtrKaT6Bsl78v+jw/k0zXqLJZvMkPPsuM0Hw4KcLU9lr/8/t+N+Rliqe+w0NNClJIp8QdGWge1abstJPwoL4JYFzzOfO9M9wktgnfI456e4xc8xle/jNsTgl3HWO2aL5Z/kZrLA5Fq0MkegnpHuGSvQTWP4SD6lLJJzI92LNcVZSWOQcZ/Ijlsxxekqo33yPu6QuEodIPCeKvCTvmJY+743DnveQkRTmM+8tSuKBm+DhKakLwiX9wgw3iaYwNUjSn5DqLamnZ4ZKns1AD9gcJ7N9g+Z1giT7AzyAJ/BHP0x0NQcWwAyYAtRVRsKa6TMN3FcK14r4vKQMpit6axKYLAHHxIhpbmpmBcD0HZz9i9/fn7lbEIMwXxOi+nbouUWq52vxSgC0oOdCkThf0zoCgHQUAM3ZHLEoc7aGmf7CAhJ6t+lAEagCTaAHjFF/1sABuKBOfUEgCAPRYDnggCSQBkRgNVgPNoM8UAB2gr2gDBwC1aAWHAcnQQs4Cy6AK+AG6AH3wCMwAIbBKzAGPoJJCILwEBWiQYqQGqQNGULmkC3kBHlC/lAIFA3FQTxIAImh9dAWqAAqhsqgSqgO+gU6A12ArkG90ANoEBqF3kFfYASmwHRYBdaBF8G2sCvsB4fBy2AevArOgnPhHXApXAUfg5vhC/AN+B48AL+CxxGAkBEGoo4YI7aIOxKIxCCJiAjZiOQjJUgV0oC0IV3IHWQAeY18xuAwNAwTY4xxwPhgwjEczCrMRkwhpgxTi2nGXMLcwQxixjDfsVSsMtYQa49lYaOwPOxqbB62BFuDbcJext7DDmM/4nA4Bk4XZ4PzwUXjknHrcIW4A7hGXAeuFzeEG8fj8Yp4Q7wjPhDPxmfg8/D78cfw5/G38cP4TwQyQY1gTvAixBAEhBxCCeEooZ1wm/CCMEmUIWoT7YmBRC5xLbGIeJjYRrxFHCZOkmRJuiRHUhgpmbSZVEpqIF0mPSa9J5PJGmQ7cjCZT84ml5JPkK+SB8mfKXIUA4o7JZYipuygHKF0UB5Q3lOpVB2qCzWGmkHdQa2jXqQ+pX6SokmZSLGkuFKbpMqlmqVuS72RJkprS7tKL5fOki6RPiV9S/q1DFFGR8Zdhi2zUaZc5oxMv8y4LE3WTDZQNk22UPao7DXZETm8nI6cpxxXLleuWu6i3BANoWnS3Gkc2hbaYdpl2jAdR9els+jJ9AL6cXo3fUxeTt5SPkJ+jXy5/Dn5AQbC0GGwGKmMIsZJRh/jywKVBa4LEhZsX9Cw4PaCCYWFCi4KCQr5Co0K9xS+KDIVPRVTFHcptig+UcIoGSgFK61WOqh0Wen1QvpCh4WchfkLTy58qAwrGyiHKK9Trla+qTyuoqrirSJU2a9yUeW1KkPVRTVZdY9qu+qoGk3NSY2vtkftvNpLpjzTlZnKLGVeYo6pK6v7qIvVK9W71Sc1dDXCNXI0GjWeaJI0bTUTNfdodmqOaalpBWit16rXeqhN1LbVTtLep92lPaGjqxOps02nRWdEV0GXpZulW6/7WI+q56y3Sq9K764+Tt9WP0X/gH6PAWxgZZBkUG5wyxA2tDbkGx4w7DXCGtkZCYyqjPqNKcauxpnG9caDJgwTf5MckxaTN4u0FsUs2rWoa9F3UyvTVNPDpo/M5Mx8zXLM2szemRuYc8zLze9aUC28LDZZtFq8tTS0TLA8aHnfimYVYLXNqtPqm7WNtci6wXrURssmzqbCpt+WbhtkW2h71Q5r52a3ye6s3Wd7a/sM+5P2fzkYO6Q4HHUYWay7OGHx4cVDjhqObMdKxwEnplOc009OA87qzmznKudnLpouXJcalxeu+q7Jrsdc37iZuoncmtwm3O3dN7h3eCAe3h75Ht2ecp7hnmWeT700vHhe9V5j3lbe67w7fLA+fj67fPpZKiwOq4415mvju8H3kh/FL9SvzO+Zv4G/yL8tAA7wDdgd8HiJ9hLBkpZAEMgK3B34JEg3aFXQr8G44KDg8uDnIWYh60O6QmmhK0KPhn4McwsrCnsUrhcuDu+MkI6IjaiLmIj0iCyOHIhaFLUh6ka0UjQ/ujUGHxMRUxMzvtRz6d6lw7FWsXmxfct0l61Zdm250vLU5edWSK9grzgVh42LjDsa95UdyK5ij8ez4ivixzjunH2cV1wX7h7uaIJjQnHCi0THxOLEEZ4jbzdvNMk5qSTpNd+dX8Z/m+yTfCh5IiUw5UjKVGpkamMaIS0u7YxATpAiuLRSdeWalb1CQ2GecGCV/aq9q8ZEfqKadCh9WXprBh0ddm6K9cRbxYOZTpnlmZ9WR6w+tUZ2jWDNzbUGa7evfZHllfXzOsw6zrrO9errN68f3OC6oXIjtDF+Y+cmzU25m4azvbNrN5M2p2z+Lcc0pzjnw5bILW25KrnZuUNbvbfW50nlifL6tzlsO/QD5gf+D93bLbbv3/49n5t/vcC0oKTgayGn8PqPZj+W/ji1I3FHd5F10cGduJ2CnX27nHfVFssWZxUP7Q7Y3byHuSd/z4e9K/ZeK7EsObSPtE+8b6DUv7R1v9b+nfu/liWV3St3K2+sUK7YXjFxgHvg9kGXgw2HVA4VHPryE/+n+5Xelc1VOlUl1bjqzOrnhyMOd/1s+3NdjVJNQc23I4IjA7UhtZfqbOrqjiofLaqH68X1o8dij/Uc9zje2mDcUNnIaCw4AU6IT7z8Je6XvpN+JztP2Z5qOK19uqKJ1pTfDDWvbR5rSWoZaI1u7T3je6azzaGt6VeTX4+cVT9bfk7+XFE7qT23fep81vnxDmHH6wu8C0OdKzofXYy6ePdS8KXuy36Xr17xunKxy7Xr/FXHq2ev2V87c932essN6xvNN61uNv1m9VtTt3V38y2bW609dj1tvYt72287375wx+POlbusuzfuLbnX2xfed78/tn/gPvf+yIPUB28fZj6cfJT9GPs4/4nMk5Knyk+rftf/vXHAeuDcoMfgzWehzx4NcYZe/ZH+x9fh3OfU5yUv1F7UjZiPnB31Gu15ufTl8Cvhq8nXeX/K/lnxRu/N6b9c/ro5FjU2/Fb0dupd4XvF90c+WH7oHA8af/ox7ePkRP4nxU+1n20/d32J/PJicvVX/NfSb/rf2r77fX88lTY1JWSL2DOjAIImnJgIwDt0TqBGA0DrAYAkNTsjzwQ0O9fPEPg7np2jZ8IagOoOAMKyAfBH1/3oqoOmtAsAQWiGuQDYwkKS/4z0RAvzWS1yCzqalExNvUdnQ7w+AN/6p6YmW6amvtWgZh8C0PFxdjafDhl0/u8xN7OMCb3qwssG/xH/AK1DBDl+dVqUAAACf2lUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iWE1QIENvcmUgNS40LjAiPgogICA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPgogICAgICA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIgogICAgICAgICAgICB4bWxuczpleGlmPSJodHRwOi8vbnMuYWRvYmUuY29tL2V4aWYvMS4wLyIKICAgICAgICAgICAgeG1sbnM6dGlmZj0iaHR0cDovL25zLmFkb2JlLmNvbS90aWZmLzEuMC8iPgogICAgICAgICA8ZXhpZjpQaXhlbFlEaW1lbnNpb24+NTg8L2V4aWY6UGl4ZWxZRGltZW5zaW9uPgogICAgICAgICA8ZXhpZjpQaXhlbFhEaW1lbnNpb24+NjEyPC9leGlmOlBpeGVsWERpbWVuc2lvbj4KICAgICAgICAgPHRpZmY6Q29tcHJlc3Npb24+MTwvdGlmZjpDb21wcmVzc2lvbj4KICAgICAgICAgPHRpZmY6T3JpZW50YXRpb24+MTwvdGlmZjpPcmllbnRhdGlvbj4KICAgICAgICAgPHRpZmY6UGhvdG9tZXRyaWNJbnRlcnByZXRhdGlvbj4yPC90aWZmOlBob3RvbWV0cmljSW50ZXJwcmV0YXRpb24+CiAgICAgIDwvcmRmOkRlc2NyaXB0aW9uPgogICA8L3JkZjpSREY+CjwveDp4bXBtZXRhPgptfcijAAAkiklEQVR4Ae19D1BUV5rvz1eiSIQEiH9GxkXH6EMTmgixSMxIbHQy8LbWZhOJjuKsmAlSVgpwJ5Ft68nsa6vCYmVf0laer+GtgXoKO668ebZvU7gmQMRooEiToXECoxCxDMSAwtidSGt31X3fufc29P+mBaGbnKP0vff8+c53ft/5891zvnPPLIEcuOMIcAQ4AhwBjgBHgCPAEZg2BP7TtOXMM+YIcAQ4AhwBjgBHgCPAERAR4AoZrwgcAY4AR4AjwBHgCHAEphkBrpBNswB49hwBjgBHgCPAEeAIcAS4QsbrAEeAI8AR4AhwBDgCHIFpRoArZNMsAJ49R4AjwBHgCHAEOAIcAa6Q8TrAEeAIcAQ4AhwBjgBHYJoRmO0t/1mzZnkL4v4cAY4AR4AjwBHgCHAEOAJ+EAjky2JeFTKWRyCE/PDEgzkCIYMAexnhdd+3uDhGvvEJhVAuw1CQknceufy8YxMsIUxGgTi+ZBkIWjwuR4AjwBHgCHAEOAIcgUeAQMgrZJb+izhyuAo3LJODjm24CzVHj+DgwcM41zE8bqKTy4cFLTVHUdPSP+78Hy6iDcPDZtgeLjH6287h6OHDOHikFv0PSySAvC09tUhP2o8O83gTmVGzNx0Ha7vGm4DH4whwBDgCHIFgQMBmg4X+fkxuAgqZGVVZs5BV3jGFeJECMTgIs4OMrLe+RHHJe7hlnQw2zDieuxo7C4vR/FEJ/m/Hdy5Eh3Hu6H6waUjxLykLVS2DYpzJ5cOKlrJC7Lxw0yX/yX3sqtqKmJgonOx6CG12sAGZKZkoLKnFR8V63ByZCG/ucnWnZsP5I9lojF2On0a6hnqri5FYsQIozS5Hj0OdcU0dzM82euE4mJU0WufS95bjRoiWZVpwtvXj7JG9In7lHjR5yw2GL7XnrHL40vMHO85ivxc52G6cQxb1CUn2foFd/dCbFixCNVMfMhzuqMWuJLk/ZjLYdQRdngRp6cAuR/mwuEnpJLMkVFG94DKcwsph7kH5/qzRPm1W0i7UdjlOfgyj9vAuzAoLwzz6Y+FnPQp1Cnmeoqx82pD54+G+Cbh+f1I0IX9ZSeG2TmxcqMBOgwkHkuVROWwuhcUibHwUfMey9aJODyi1RjQUJLrF7an5B2QWViBHU4ncdfNxSZeN986rsTt1ATCZfFDOc2OJj/BJKZVbOewei1L2QF20HorYwKuB5dY1GIlQ3UA7Mqj4E3Ke5OpK0GzA+xVAkV6FaNcwevZWF1O27QOKs/GRUYMCe53xkD4ovWw3UBKXhlKoUFn3HuZfPYXswnwsi42H9Z0MBC61oCzlI2PK3FUL1WpS4uUc7lsdNVkb2qreRkru+1Koyhcbw6hUqPC+sgi66mIM1JWhpCIfuU+vo34iGSN3roK6DRSVabEvnOoi6AUnas3k9Em+2PoRhPmUoa0LBYpsnCS51DXvAjo/QmZuMbategHthzY4ozM7FiptGdaBBERu7ty56DqWDyZ9NoRxGYqwTMmP+asa5L9vgvZ0HZY9aMWhnSXI3rYKfe2HsIQ4aDnyKrJLGpGn1SNn1bf4XWY+teMIGEfKkSiJb0r4nI5MJtynk97g0fV3teByWw8ezIlB8ksbkbBAQtI23IOmL+9h7brFuHrpAnqG5iDhRSWS48emPVjaL67Q7ND8GCyKfozoR2BV0k9x/dPLohKQbryENms0Hl+VgoVi7lGwWgbRRvS6PNBzZXCQ6H9+pQffYz6W/ufnsCGRqoHNjI5PGsWONcfyZ7S0AKtSEhE9ipAFX14gjUBRhmOHdoNxm54hQO00peqLDwt62lrxp69vUr4xSFz3IhIdygxLPy6ev4yb389B8sYkzI1y5Zr4u3gJHTeHMGf+Yqx9YT1WEKYSnrexNi1V5tWMtoZWRCSuH8Wclbfj7mKkpcY7DeLRy5Kg2r4cKxewQg5TuiuIXfcscK0Vl7puIWZFKjanrnBKw7gy93fhkoEtAypwq6MFbQsWQ5Eo0fYmd5bONkiy//xL3PoeWEr8ibhbKF8Pcl0xBjxLisE/nhcH1gPPxYvPnn481cXZ8eugpsiFJy5hX3JoKTHDRj0pY0BZcyUp/aSGZqTh9J8qkF1ajc6SjBnfOXmScSB+186fxB31aRg2f42UTcUuSc1oPdMATZ0RG68WIu24S7DTYzTe6OtDwZIl0nC+IxVDJ5/C+2c+wzApZLPFlzEV9vx9ARJH+wsnAvzhIRHwJUNb31WcJLpl72qQwV62UldCk1uCksYvMUwKmdOL2+wl2FpwwIELG2o+yweMailtB3ux5zJ0AOiR3UYmvQmT9RAixbaSgZ/eNiClsBE3h0khi+zCh8X0ClWkR3nBFpGHU00DWJhWgsb2f0Ii6wdnsqPdZB4dldmj/5inSdApISi1hjEv+a5JqxJYehqw5SuE6k6TGGoyaEf9pDhSvLo+qxhurMzzEK4ULv+x0s2/rHlIMBl1bv4sXzs9V+aatTlu8VVlTYLV1CwoRZ4ZPxJPzRLLoyQMcrmKdE2CS5AfPkaESpWd7tj1dO+IRNtkFPKc8pbiqHQyttZuQaMYS2fHrdJA5Zfx1NI9c9buaol/db1EWxgQyhhtVbUg5yb7C5S2TIwrltNkcCm/lF9ededofPuNQat0xlChFVjuPuVulPkiXhRyWVXaZmGk07Nc7XnZr2KeijIqjSfnvS6y2PVqqocKnZvMPFFifgzfYHAGHWtHKsHgILhefZHk51oBp5jhYMFoPMUekfsIextxTWPUUX0OoH4IQrdQJLapSrFOSX2QQtB3DwhDAwOCyUFernkF03PIy9DaKeQwOSjUgmFgROhrlsYCVaXRL8wjnVJ/ZO/fQlGGoSQ/rwIxdQoa0iMAtdBLkax9erH/LWt26OlpbKIJbI+6hle6QRIQqIy8jjz+CXkeBK29EqA5dmVC6BPKmDKRIykEdgVKkVcpMB3M1HlaHKBVTLEbMYoNTKmRlImR7tOycCRlQxiSlCatg7B80nMRip03RVG1qEAI9FtdJCmN+l5ixgN9JxJUMcYUJ5WgrTMKkhpJ5ZA7fY/lIlXIoNcLRuo0RDdQLyo/Kp3UcXRXS0poWVMfBVuF5ko26EIQMSGfzkpJiSyr6xaTWweapI5ISYqQjJmClErmOmVagIaQJ0d5MQWoqI5Vd2cn8awUDGxwHzFINJEj1PWSh7VXaigsD+dk4tOQqAgqheYhCQE7tp7lLtcBZZnEE1Ew6FiZZGXDH+407OmYQqv0plR5rot2to2iYlMkdNuFZQ/wcvVf970knGRviW+F0OQgALty4e2FY5JZ8EouWDDyyqBDgL1tTpZC1qtXi+2zSC+1KZPR/SUzT9vk9gLkwFJQ3M4EGQ4ZXV7o8k6PA3eroC9iSgD1P6zvIxeKMgwl+Uko239HhDpNjqBUjb3Y29umySAp1Vq7YEThSOO+fby0UwmFa6AymoBRP2XlwY3c+Vb0jbhvRE1NFf2dx1+Wk5fxNsbsvpWoeHc3ltCUZWTCL7GPpqbIHI1cGC1OkvnFQskoabbr9P+8MIgreWGuAd7oiURHf8y3pGW2soM75OnsaLyyZ78Y3nuHLEG90pdJRCaj3DqA+koNLdbpUZipQMrhcw67FL3xEY7kLVvw03u9uNjQgHOf30IckTSJ9ne0o7JOWgp9YwNbQZ+N1N0a6EiLkjAx48KZkzTpp8UbGWShzmIs2IA3tQRaYwOuWlcjm7REY/GntOhowxVGS3Ql+IL2GwwaPqFlXgVeoeVKf44QgEp3ABlsKXV2PLK20XvJnbluS5aMjrRMQxKTheRT7uZbuMwMzqhufFpbg6qaGhjvMip6fN1H9jb+cKeYbEFhYu427jmaEE2M2BSmdl6IlSw2qXJwNz0I9DcgV0ULyQoN3t4itanI1bno7uxGb28vuo310FCzqShMQ0XL8PTw+KPJ1YZv/nxVKq2S+kPmKo7hD23SRivJw8Pv4Cc4RMZjCs1vYTcr5TL0gNMj85qNhavXQZmiRFGO1JcVvvUBemgoGDO8dOysH+AOBUVOfBB4ZCWaLMKums2E6Q4N3BBpfNdajzqZWsSiHBStX4V59CwNKA64O+YYHocXaA46N1+B9DoVGvV6Cs1D5pro0ViSkuLO9njM37/542WisxxxzABMdrNjY+y34lWi7+Tl/DB7AdJ3H0L79h04sv0p2uF5BIaiDKyRY3nmw4yzB1VQlTZSLAWUqlixgi0X04zA3Ec3yxc6KD5holE/q4SjbnmUQzj53mWhcYgg5fS5bRrqiGpxseNlfEy6m7a+Dtc3ZaLx8zbMaabBQ6nDs2MQjpL0dCMpifYQv2jYI8Kn3AkUEXJjA+o+vg3co2QREcjJ02BplCRLb3K1Z3DffvPQVzOsrPKFkFGoVSx0FB5jDUd25j7WvmKxUDLAsHvz61QgYG7D3rhNZMuoQtMnkgGymO1s2s2bYO9U4nGosgmNMWlo7fyG7JrG2fCmgv8Zloe54zgU2aXI0zXjf+xNpbfPFry9+XnsTPmvSCYD8AQvbb3lX3WiLbL+1y+MIcJlOIbFI7+bjeStBUgW8zmEvZn7sZoM+2su5+PtJXI7sisKLE7YYzRqk+3yVG4gFHmb+h93zSZQHuY6qyAxcdJb42v/eAI7pAkdJ4qOODsFsAfzNbDJIKVah9+sAn6z57f4xX/ZANHmXI7MZsgsTrul5IBxXJaty6RY+bj8lRmJ8qvRgLFZTukfCovZgvBIuZWHr8Dm9Uqa5GEc+XHmr/A+KWNkM4UzBdRx0C6s8qR5OCUmi8azGUSnuB0D9FIgjrOWa/icdLfYLIluJKujJymcLlJ1teHmN0Z6SqcZKmDJ2o1QogSqHJoqo8HCsH4jVtFtpipX3EWUU/2SnI6CH5HzKXcayNjsm6KsAicOsPK7OHoz8idXEQN/+qFLXXTOJQWL7WOmc0DQPi1+JoV4K0HrNQuSxe1FNnzxH6Rg00tKhIOSFrQFCBLG5olG9zTLGuYZNHnefezlXOSbfQOJ9Hf7NL2lCwd/noIKal/1fWewwdfOYtOw+MK1co5z3xgkcIQkG55keK2R9aAqvPl6qvSyuiAVe/fRbtj873BXfPlykSEruaUNHxTSi35ONV6O99HncxlOWT2JS/iJmNfQkAnh6xNJosDx81dQkCrtlB1u/UTcbKdbv3LKeJqujHzUyPGx1PhZHWp/8mfgAf2nv8QXnhEB3fnKXsRU7sfKCCv+dOFf0R75Kxzakeib6LwILKIY+o+OIeqmgpSINrQ2f4ntb+YhdcnY607xByfw3A+r8ETCRgQiosjlz5LiQipZylv4SfN+LP+hmZYd2QCnhoopaGzK1KsbxtGoGJwr0uLAK6mY890F7Ge7QSjtYs/9/Bgl+pYKUziuX+9ET/+T+PKDN5BP+hSreMwtVjxPv6X4bck6lGydj/IUFXX8FC5O0UZi4041KWSleGN/Et7d+zy+Of8esimCUrsdCUyC0c/i1zSz2HiSEd2HleHhWPy3lKaClU2B7I1P0fXRushlz/qQ+xqaDQOyi5/H4Z81YcfaJbh97SJ+3zQfmne2jiqLjnJNdpA3U0MTf05o5XeNKa0eiuNWF3+RhcQFNnR8Rh2wKms0Hw9Jg9JrydqXRUU7P0eN+Mo9QOuHUNFSi7IsR5J7UHIdPExZ+jtwuesvGLpSLzL1Wd2/Y83gIvzVug2Ij7Shp6UJN6jPutZ2ncK7cP5iA+27XoK0DQnoLN8KRT5gMJ2hZa1hlG9fjVL2DpSXSVHP4ewXD6i/m4N1v3wRl95S4cKK3yBncwLmDBjxQWauaCbw3i8SggeMEOXElwwXr5L6zUOlNTi840WE3W7He8eordMLy+PUJ3c4yVACoOsP5eLOTO2bmQ6T5ewD0lyGU1NFLKjJmoeyRVqU7fk5oh98jQ/fLBazfnFdnLiC8RqNZTtL0nBkdRM2L7oJTRoLV2Pz6hB7o34YQL0ZxhEtb0Gyv0mozGGGkc5/OqNJGDBUi7siHMM0skG6kyG5SMnBIJuMu0kWgiJHI1RXVwuVOo1MRzZQp/gGh12YLC+f9DyUwI03pVpolnd4MsN2GvYFu4Ghc3KrYKiWjHlHy6UaS+uPD6NjWoW0kWB0FyWZzZ9Wjxk4qorULrtKRoR6rfPu0xzNaSdj++7T0kaAHPsOI3njAGltXnYm2jcijBn1s7I7Gk762n3mXl7aP+BD7rR7QyjLGdt1yzBUqvWjBriucnXGnniVd5NWdnrawua9Lto3ijiWy5W26zPjLVhcX5NudFeqiFlRpVd5TiXPwYSRt3Ib5c0wjFfHv+puVoekfsfRX7yXdwxLGypko2/azSfuqnShw+KzzUBu/YIiRzhtcNgl5o3BafZn/Ae78yfDujLnfhGKPEEv7+h3kqFYUFnmtFtb3PDkUPhQlGEoyM8B4tHb3nqdy45+JW2QkzasiZGGDIJa3Hkpt1uSab39iwSjVELjJlAZzWLFokRubjIOLrWYyW6HFgLm0TLfeKbizG1HEZVyHPVD7UiXTS/O7Z2FzIocGEZOIFmeJLNZLLRBYDYiw8dD1a1o5GGD2TxC1zBE2pcgPUXz6CelDaPlj/BA87dZYB6xUp6Spk8rIk642AivkVGebMTlbKdwyOnDwiIpb4/MBYWnL7nbLFRGWk4Im0dlcBGfT7nSktGueavRpzWIH+Mcb0GlOlUIGoRpCX18oE1G3R8vf+OLJ9dXqnMPX+fHl9N4YwUfRuPl/FHFm0if8qh48k13xshQ7hdBKxGRE+oYQ0uGoS4/aZygPV00HroMBWLFtY8jgY/Rvuv9VIYGKqNHqpAFWnBLTw3mPbWTkimRp6bpaDJIr2hku2Hq6cvL6YGS4/FnGAItR5LwPC17dlvLscJTC3YrrwW1u+Yh26jFUHuB84ci3eKOeQTaiMZS/njuOEahL2suw9CWIZdf8MsvUBkFlULG4B3uaUHdJy3oGbhLVrgLkfTCS3iZbDrGN7cR/ALiHE4AAXMXav/fVax/bYv4yRT/lCxoO/sH/PD032DDivHbHwTaiPzzMfNicIxCX6ZchqEtQy6/4JdfoDIKOoUs+CHmHM50BAJtRDMdD0/l4xh5QiW0/LgMQ0tertxy+bkiEnzPgcpo0j8MG3yQcI44AhwBjgBHgCPAEeAIBDcCPmfIgpt1zh1HgCPAEeAIcAQ4AhyB4EXAy75Jjwz7NI0OhJBH6tyTIxCCCAQ6zRyCRZwwyxyjCUM47QS4DKddBBNigMtvQvBNSWImo0AcX7IMBC0elyPAEeAIcAQ4AhwBjsAjQGCaFTIbhofNDodzeymhrR81Rw6j1t+hsV6SM2/2/athM/vy18M4M1pqq3D44EEcrW3zz+/DZOGSpq1qL9L314pHDrkEeXy09JxFetIuNPQ/bBk9kuWeHAGOAEeAI8ARmHoEbOzoqx/XeDYBhcyMqqxZyCrvcBKUpasKbJquqoudXujbdVVtRUxMFE52+TyzCBi5hX8pLsHhT772StAyPIjBYW90zDiWGoWYqGMY9krBe0BP7Vt4PjsXJc0f4fjJ1nErSZ4pkhI6OAifuiGd/ajJrUDcumfE437Y99kYpuUdzph2VO3CrKwqkZ/wFfSNLuNJ7D/+uedsuW9IImDrv4iDWUmi/FkdSN9bjhs/rj5qSuTWda4c6YRvVnmbU35dNfsJ+yQkURjDn/3tconjlIA/TD0Clh5UHaS+0C4jejE96zD+cBlOvUjGm+PFo5Lc9lY56hHDqD1M/vSh33n0N8tFnuOlHYrxfNqQ+SvQfTrs+brLCexW630xmeme/1FjUcoeqIvWQxHrhw06o1c8wjvc22G9Fvz+1YXIvaPDSPteD98sC8Pa/Rqo7z8Df8dOeirzvTvXyLsMpoYDEz8P0daJjQsV2Gkw4YB8wLlrnv2ttXSYqgJNmQlikPWepIjddz1U/X4fE4CcPB6/0qlQmn8SXeoN/KxDV1BD8dl2AyVxaXTKqQqVde9h/tVTyC7Mx7LYeFjfyfD4detQLOb08tyP8l1xoGYjOpW9OclMWc3X6S4WW7U6vA4KpFNCnlyzWA7ll2BAoOv3v0Vu6XVodNVYevcCcovpCPjVT9IHpN8TPyDNZRgMUnLnwdZTi7RCqeF956BHtBx5FdkljcjT6pGz6lv8LjOf5BkB40g5Emf4B0n9aELuILr6xLp6eHi2Dfag6fMvcet7YGniemxIXCLGil6WBNX25Vi5wM6GGR0XL+HP332PmEVL8dgcihaxFKnyCeJRc3/AjY6LuNRxEzErUrE5dQUNSjb0d3yKevqiP+gw8k9bWrDwyVVIXiGfvSTmFI5nX87CnDux8iA2jLaGK4hd9yydLNyKS123HOiJCeQfG250GWDoukPPPbhEtJctXYOEJewjo4zGRXRRoeYvTsCGtGRE24tBoR7LbKE0n16mg4eBdOMltFmj8fiqFKxwTEgnnF8+RYeCK3V4xrEIlMafW/lSFkXJxQXju0jwouz5o8HDgweBYaOelDF6FWiuxO5UqgwZaTj9pwpkl1ajsyRjxndOUyIJ8018ZsxDU/cBfPXGUzjllim9dSp/DXXBbq4Au2ETHB4J2ysx8Go0Fojfft6BFbiGtOLruE2n40nfg+YyDA5JOXIxjONvZAOqIhSZ3ke7/UXI1oUPi2kwL9KjvGCLmOBU0wAWppWgsf2fkMj6wZns2FmWnhyV2ZO3g5/DoeCOvkadwNLaD+g2GavFZ+anoD92VWmbxRQmQ5n43GyiR2uvUOZ4oKgcFzmnhRE69DvH/uxwzavupIQmQatwPjxYUSbRd2BLMGjZwdZl0oHcJoPL4aZSeomeYyp32kqtgXjtFjT2PEevGqHbKqX1VuaRzspRLBgO7K+secgxQ7rvFdTkL+Yjh0gHeTNMGVBjzu3wb/lwdMe0Y7H53XgRYHIJBmfQqaiO0AHXDuep9+rZIfLyodfTyGSwYDR5EHjuz6QDqtVC59CQMDAwJMhNfPKynUZKM0+GEphNGqXYRsRxhbxmqgxDWX599Wpx/NP39gnVKtIN2LhKztqnF/3LmgfEZ/GHxmuVy5g4Fhjcd4HKaAI2ZHSyEa0jNhamjK3d0xp+lCKfeLC7fvzPHDqbUlmGPjrDvJ3+DLoc6AtL0cbMvcIepx8lHacNmGk2gCnGlcYhNhpSPBIBLdUY/9dWcQlSXLRT5KG+1wRS3qBRAhX/cp7mqSJR0D4ALT1DqQWJEe0HUunB2YXNpbk8xePSWy5lGCcG56DOjZ5jOkabeGHEFRLthoJk9PzbP6LEqMDpzhEIFG7t1gPGEvwfA7NQ817mr5bthjDUTCUGtM0DYjkPuGr85jv4isKj5jJUnF1hSpQT1op8AsxxijJ8KdaT1svdzEBAqgHX8QO96dvdouVsGVuPAZ9GiPbY/DpRBKzMLoPmKVfHxGDhwhiEzcpCzQQ2F02UH57eDwLDF/E7Wu6CKgtrxBkzgMvQD2ZTHUyzYP9tE839q+uxJT4GZmpi9mFs5Na3IjfhYY5rk1awVuhpTJxq1h91fg6LbIFnJc4yqtTQZcWDmVeQioa7XWdQ/D4pKMyZb+Gyka6Kb/FpbQ0ePKD7uyxAj6/7LFjJbu0ubK54tzhWmpIME621+nDPSt6ybqLa9ybS41kri0TWNhVKjs2VlxHCEUXKIUxzPdiPiWTdfpiCp9IdQIZHes7RJdbstM24WHeSIijQ3/YHVDUDc0ytYoJzLVdxYE2YzzInx4VJ9nBhXqCnsrLKl7V+mUjT8UdVVIashMftUOPGmXyUssijLhyP22v2qB+/CW0EnAXKmgOre9xNDQJrflWJzr+2Yd7s2bjTeQ5vkT3LzpRFSCZ7lgTHMWNq2OG5+ERgGFUFaSB1DNX/vH3U3pfL0CdoUx7Y8t/3oQJ56NSkU9420hrI2Scg5LGe+Y+5B7hDD3GSijDmPQPvvGgF4ywpKQPKbb/C3t2JowlI+R1TyAhc8SXF2IC6j28D9yhaRARy8jRYGkVZs2fZRS6OF4eZzLhZUKkU0OuNUGjqkcIIyJsnTQ6Gf5LaYk/9cNeHpXefaXNkCXam7gLNtImFQl5eDp5e9SQpj3d9l5lSSjqUd+iZbnn3L6zQInp0lVzmngLsdrBq7EIdSt+zh0rXH0GddS7wDH6S9sdE4TGHnSjmvhtU4lgsjPRef2YwJFNetPAF8UhYIGUbH78Xxyo/w+rc73CXacZcIZtyeXjP0IKzB19F7kmaeNF3Y8eKMeFwGXpHbcpDLG0oZUth5M4eO4qzlru4TI+N+ACHsQ35L8ljnvTmKbEX9hiW053ZafyXgmba78R7dReQRuRdliJQBCrTXRRlFTjhYRmRJtBG3Y3Pm0jFUUF3+jXgzgPk007BDDLaH68TVxZI1x5VsMebMOB4YfjJIpZIjVMn3oHcV49RoU9W+CozUy6ZwmVx3TFppyBXxMYvb+LQBmfq961s7Wqso5Gm4u0J6WobQDur68y2n7uQR2DxMylUhhK0XrMgWVTEbfjiP0rJLw8RDkpayBc0KAoQ5vym7oWneybWup2mpb3E5N5Th4ANDUe2Q1XaCPXpTryzxfe4wWU4dZJxzykCa1QqRJLedbmhgYJNuM4iNTajceULePPvUkgLAI6fv4KC1A0sBMOtn9CaGqBbv1J8nsk/E1fIfKETuYZmw4Ds4udx+GdN2LF2CW5fu4jfN82H5p2tTikjop+gZz2OHSMFLi4SbW3taP3jL5H/eoa70uOUkj1E4tkMsswqrse/N/wVYp5IQHqytJPTLeqEPcLxwjYNGbCVYNvBVdC+voEmxW7g/IlTeHLvu9iR4LvM9jmv4g9O4LkfVuGJhI1IXjKmZCFSsgOrvvtD4Jyab6OdUiUtiw08LU8RdAgsWfsy2RuWID9HjfjKPUDrh1C9z0wyc/hnTSZLWrZBtDR14EHY92i/Q+NCWyMaLg7isSVrkRp3HXtTNUg+XIB1y5/AN5dPQFVIQ4NSi5/ZG/Jk8cHpPDQCPbVvY1MxG7JVSI7px7mzV/GA/kWvegkblt3kMnxoZB9BwvAEvHPmjANhC6rS5+F/Z51EQ0Ei+VvwGu3g21mShiOrm7B50U1o0orJX43Nq2d+o5uwQkZ9mEc3V7SRCsfWdztRdm8birPTaGiRnFKtF2eyHGcl7d8vS8/Kwou08td/pR6F+Zk0lWlEw99J6XwZ9a3Zsg/K4mxkbzpJ9vcGtI9DIfNFz2OhZM8F6W+jSTeEtPxcKNiEhehyUP82m7aY7bPMCE9GSWUe9LmFIFahM5qcFTJEQ/HXpFuW1OHGoQ2IJ4phsn0do+3LDV+9INpP7HtanMLzFZWHhQIC0ak42aRDZlo+MlNIEyOnLKrEqQPSm2MoFCHoeRy5CfWmTWK7EXk1UrusYPalBpx5PRZPK64jX7VptBjKPC2OvVswjpfE0ST85hEjcO8OmcOITk/9P1PMJKfSGbHhKS5DOx7BebWKNtF3YNcGwrHjqAFX+lJEnUHkmW3mO1siflMuOMsweVzNYptGPZFjXz32EuQpul8/dnTRCGEeNi8S4W56hRnlWVHIN2kx0lAgL8r1Y/+sODSUNXvcNek5QxvMtPtsXmS4H9XFc+qAfW0WmKVCIdK9UOJxTd7KbKMPTI4Ql57SDbccRczzhajuHnGyhfDHX8PBWdhUqqEdrYfwqOYH/fEwE8Inu+5PHBNWr2m5Omyex/oycfqBUwg+jAIvw7hT+Gnn46YTZBG5DINMIAGyM9PlZzGbSU2j7X00noeqC1RGU6aQ+QO0ozwLiny2HJAD9fMRaC6tEN9a2echClKdban80Qr98Bs4OGsZStV1EOiL7ONytN07KSYNiupOnNiRMK4kPJJnBAJtRJ6pzGxfjlHoy5fLMLRlyOUX/PILVEZBo5CxteOOhvNo/KIdd+kTGo8vXIHUzZlIdfrifvALYLI4HOw4h4+vL8QrW5IdzPi9U7cNduDfPu7DxtcysMRtBtJ7Oh7ijkCgjcidwsz34RiFvoy5DENbhlx+wS+/QGUURApZ8IPLOfxxIBBoI/pxoOJcSo6RMx6h+MRlGIpSG+OZy28Mi2C9C1RGPhWyYC0k54sjwBHgCHAEOAIcAY5AsCMQiC2+18WtQIgEOyCcP44AR4AjwBHgCHAEOALBjMCEzrIM5oJx3jgCHAGOAEeAI8AR4AiECgJcIQsVSXE+OQIcAY4AR4AjwBGYsQhwhWzGipYXjCPAEeAIcAQ4AhyBUEGAK2ShIinOJ0eAI8AR4AhwBDgCMxYBrpDNWNHygnEEOAIcAY4AR4AjECoIcIUsVCTF+eQIcAQ4AhwBjgBHYMYiwBWyGStaXjCOAEeAI8AR4AhwBEIFAa6QhYqkOJ8cAY4AR4AjwBHgCMxYBLhCNmNFywvGEeAIcAQ4AhwBjkCoIMAVslCRFOeTI8AR4AhwBDgCHIEZiwBXyGasaHnBOAIcAY4AR4AjwBEIFQS4QhYqkuJ8cgQ4AhwBjgBHgCMwYxH4/41Xv/M3P87+AAAAAElFTkSuQmCC" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Rada093f0307e4f6c"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R0708e9bd6f87422c"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5829300" cy="552450"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
@@ -372,100 +372,100 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="495299" cy="438150"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAADQAAAAuCAYAAABnNToWAAAKrWlDQ1BJQ0MgUHJvZmlsZQAASImVlgdUU9kWhs+9N73QEiIgJfSO9Cq9hiK9ikpIIIQSYyCo2BARR2BEUREBdQAHQRQclSKjiFiwDYIF7AMyKKjjYEFUVN4FHuG9t96st97O2jnf2mvfP/89OWetDQDlPlsoTIVlAEgTZIhCvN2YUdExTPzvAAukgDQwAAibky50DQryB38bH/sANL3eMZ7W+vu+/xqy3IR0DgBQEMrx3HROGsqn0WznCEUZACBoAs3VGcJpLkWZLkINonxsmnmz3DHN8bN8d6YnLMQd5REACBQ2W8QDgPwBrTMzOTxUh0JH2VTA5QtQ9kDZiZPE5qKci7JRWtrKaT6Bsl78v+jw/k0zXqLJZvMkPPsuM0Hw4KcLU9lr/8/t+N+Rliqe+w0NNClJIp8QdGWge1abstJPwoL4JYFzzOfO9M9wktgnfI456e4xc8xle/jNsTgl3HWO2aL5Z/kZrLA5Fq0MkegnpHuGSvQTWP4SD6lLJJzI92LNcVZSWOQcZ/Ijlsxxekqo33yPu6QuEodIPCeKvCTvmJY+743DnveQkRTmM+8tSuKBm+DhKakLwiX9wgw3iaYwNUjSn5DqLamnZ4ZKns1AD9gcJ7N9g+Z1giT7AzyAJ/BHP0x0NQcWwAyYAtRVRsKa6TMN3FcK14r4vKQMpit6axKYLAHHxIhpbmpmBcD0HZz9i9/fn7lbEIMwXxOi+nbouUWq52vxSgC0oOdCkThf0zoCgHQUAM3ZHLEoc7aGmf7CAhJ6t+lAEagCTaAHjFF/1sABuKBOfUEgCAPRYDnggCSQBkRgNVgPNoM8UAB2gr2gDBwC1aAWHAcnQQs4Cy6AK+AG6AH3wCMwAIbBKzAGPoJJCILwEBWiQYqQGqQNGULmkC3kBHlC/lAIFA3FQTxIAImh9dAWqAAqhsqgSqgO+gU6A12ArkG90ANoEBqF3kFfYASmwHRYBdaBF8G2sCvsB4fBy2AevArOgnPhHXApXAUfg5vhC/AN+B48AL+CxxGAkBEGoo4YI7aIOxKIxCCJiAjZiOQjJUgV0oC0IV3IHWQAeY18xuAwNAwTY4xxwPhgwjEczCrMRkwhpgxTi2nGXMLcwQxixjDfsVSsMtYQa49lYaOwPOxqbB62BFuDbcJext7DDmM/4nA4Bk4XZ4PzwUXjknHrcIW4A7hGXAeuFzeEG8fj8Yp4Q7wjPhDPxmfg8/D78cfw5/G38cP4TwQyQY1gTvAixBAEhBxCCeEooZ1wm/CCMEmUIWoT7YmBRC5xLbGIeJjYRrxFHCZOkmRJuiRHUhgpmbSZVEpqIF0mPSa9J5PJGmQ7cjCZT84ml5JPkK+SB8mfKXIUA4o7JZYipuygHKF0UB5Q3lOpVB2qCzWGmkHdQa2jXqQ+pX6SokmZSLGkuFKbpMqlmqVuS72RJkprS7tKL5fOki6RPiV9S/q1DFFGR8Zdhi2zUaZc5oxMv8y4LE3WTDZQNk22UPao7DXZETm8nI6cpxxXLleuWu6i3BANoWnS3Gkc2hbaYdpl2jAdR9els+jJ9AL6cXo3fUxeTt5SPkJ+jXy5/Dn5AQbC0GGwGKmMIsZJRh/jywKVBa4LEhZsX9Cw4PaCCYWFCi4KCQr5Co0K9xS+KDIVPRVTFHcptig+UcIoGSgFK61WOqh0Wen1QvpCh4WchfkLTy58qAwrGyiHKK9Trla+qTyuoqrirSJU2a9yUeW1KkPVRTVZdY9qu+qoGk3NSY2vtkftvNpLpjzTlZnKLGVeYo6pK6v7qIvVK9W71Sc1dDXCNXI0GjWeaJI0bTUTNfdodmqOaalpBWit16rXeqhN1LbVTtLep92lPaGjqxOps02nRWdEV0GXpZulW6/7WI+q56y3Sq9K764+Tt9WP0X/gH6PAWxgZZBkUG5wyxA2tDbkGx4w7DXCGtkZCYyqjPqNKcauxpnG9caDJgwTf5MckxaTN4u0FsUs2rWoa9F3UyvTVNPDpo/M5Mx8zXLM2szemRuYc8zLze9aUC28LDZZtFq8tTS0TLA8aHnfimYVYLXNqtPqm7WNtci6wXrURssmzqbCpt+WbhtkW2h71Q5r52a3ye6s3Wd7a/sM+5P2fzkYO6Q4HHUYWay7OGHx4cVDjhqObMdKxwEnplOc009OA87qzmznKudnLpouXJcalxeu+q7Jrsdc37iZuoncmtwm3O3dN7h3eCAe3h75Ht2ecp7hnmWeT700vHhe9V5j3lbe67w7fLA+fj67fPpZKiwOq4415mvju8H3kh/FL9SvzO+Zv4G/yL8tAA7wDdgd8HiJ9hLBkpZAEMgK3B34JEg3aFXQr8G44KDg8uDnIWYh60O6QmmhK0KPhn4McwsrCnsUrhcuDu+MkI6IjaiLmIj0iCyOHIhaFLUh6ka0UjQ/ujUGHxMRUxMzvtRz6d6lw7FWsXmxfct0l61Zdm250vLU5edWSK9grzgVh42LjDsa95UdyK5ij8ez4ivixzjunH2cV1wX7h7uaIJjQnHCi0THxOLEEZ4jbzdvNMk5qSTpNd+dX8Z/m+yTfCh5IiUw5UjKVGpkamMaIS0u7YxATpAiuLRSdeWalb1CQ2GecGCV/aq9q8ZEfqKadCh9WXprBh0ddm6K9cRbxYOZTpnlmZ9WR6w+tUZ2jWDNzbUGa7evfZHllfXzOsw6zrrO9errN68f3OC6oXIjtDF+Y+cmzU25m4azvbNrN5M2p2z+Lcc0pzjnw5bILW25KrnZuUNbvbfW50nlifL6tzlsO/QD5gf+D93bLbbv3/49n5t/vcC0oKTgayGn8PqPZj+W/ji1I3FHd5F10cGduJ2CnX27nHfVFssWZxUP7Q7Y3byHuSd/z4e9K/ZeK7EsObSPtE+8b6DUv7R1v9b+nfu/liWV3St3K2+sUK7YXjFxgHvg9kGXgw2HVA4VHPryE/+n+5Xelc1VOlUl1bjqzOrnhyMOd/1s+3NdjVJNQc23I4IjA7UhtZfqbOrqjiofLaqH68X1o8dij/Uc9zje2mDcUNnIaCw4AU6IT7z8Je6XvpN+JztP2Z5qOK19uqKJ1pTfDDWvbR5rSWoZaI1u7T3je6azzaGt6VeTX4+cVT9bfk7+XFE7qT23fep81vnxDmHH6wu8C0OdKzofXYy6ePdS8KXuy36Xr17xunKxy7Xr/FXHq2ev2V87c932essN6xvNN61uNv1m9VtTt3V38y2bW609dj1tvYt72287375wx+POlbusuzfuLbnX2xfed78/tn/gPvf+yIPUB28fZj6cfJT9GPs4/4nMk5Knyk+rftf/vXHAeuDcoMfgzWehzx4NcYZe/ZH+x9fh3OfU5yUv1F7UjZiPnB31Gu15ufTl8Cvhq8nXeX/K/lnxRu/N6b9c/ro5FjU2/Fb0dupd4XvF90c+WH7oHA8af/ox7ePkRP4nxU+1n20/d32J/PJicvVX/NfSb/rf2r77fX88lTY1JWSL2DOjAIImnJgIwDt0TqBGA0DrAYAkNTsjzwQ0O9fPEPg7np2jZ8IagOoOAMKyAfBH1/3oqoOmtAsAQWiGuQDYwkKS/4z0RAvzWS1yCzqalExNvUdnQ7w+AN/6p6YmW6amvtWgZh8C0PFxdjafDhl0/u8xN7OMCb3qwssG/xH/AK1DBDl+dVqUAAACfmlUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iWE1QIENvcmUgNS40LjAiPgogICA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPgogICAgICA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIgogICAgICAgICAgICB4bWxuczpleGlmPSJodHRwOi8vbnMuYWRvYmUuY29tL2V4aWYvMS4wLyIKICAgICAgICAgICAgeG1sbnM6dGlmZj0iaHR0cDovL25zLmFkb2JlLmNvbS90aWZmLzEuMC8iPgogICAgICAgICA8ZXhpZjpQaXhlbFlEaW1lbnNpb24+NDY8L2V4aWY6UGl4ZWxZRGltZW5zaW9uPgogICAgICAgICA8ZXhpZjpQaXhlbFhEaW1lbnNpb24+NTI8L2V4aWY6UGl4ZWxYRGltZW5zaW9uPgogICAgICAgICA8dGlmZjpDb21wcmVzc2lvbj4xPC90aWZmOkNvbXByZXNzaW9uPgogICAgICAgICA8dGlmZjpPcmllbnRhdGlvbj4xPC90aWZmOk9yaWVudGF0aW9uPgogICAgICAgICA8dGlmZjpQaG90b21ldHJpY0ludGVycHJldGF0aW9uPjI8L3RpZmY6UGhvdG9tZXRyaWNJbnRlcnByZXRhdGlvbj4KICAgICAgPC9yZGY6RGVzY3JpcHRpb24+CiAgIDwvcmRmOlJERj4KPC94OnhtcG1ldGE+CnxQkHYAAASfSURBVGgF7VlPaCNlFP9Fum0XmtVZyaWXPSwLInSEiOBBkVERT6awC7tCFUTIii0Yj/EgWE+5mZ5SQbKgOZRE3KzQymK3MiIkh0GYHoKYslOkOSQ0o5mFiZuBb7/5k2Q32fnb6RK6HUhnvjfv+73vve/Ne997jRB64QRdz5wgXQxVThWa9B093aHTHXrCFnh6XU5uNdBSNEBToHTp/TgurQtZVgbImtIyZQ4oHh70xOp4tQWSZkHAJQgHeqc/Lis4Tgny8oDPEdbCL9R7pCPkDFlAhnR8AMKRVxVJ0lCgYrCpoikkJ/oR4Shh5KVEVnXjsSz9pQlfE4lYa47wOA8dFFJJOaWDZ0gfsl5MUqstEVF1Bj3KWyGXMHamIPUCwdgr1Nw2gDOVtgXcJFndeskiCSbK2/qkYorKZcl234repg24bBXqCFkKzJGK5V1ijjMUXN06GEwO/UEVSML6jlZ53ZAq6fj0BpewvYN/pAZ2b30N9pMdGg84zIhf4fqNXQ/hxjuLvFfFnWoVa9c+wqJYQ45Gn9JWGevXr+FHqesdSOe0s3JPKg+iDpsukko5bewQkgXSd0K7uX7pQoYGAbqUZKFmTBWy5neUKppjP3gRndnOBFpXhtI7CyY6S1k0miNUMEzUjj04neY2WTlDsXU5+qXnIzw0Nqle/joq5AVg0nhcvqFJW677ek6cQlPuOvvg0PZR+q6MQ8yMT/p/Bq+8v4R4LFyRo4Iei765uYlSqTTKOzZeW1vD3NzckK518MfGTdw9d25Is546d4HoO5epQo8GleXlZaiqOsY/SlhZWUE8Hh8lj43DDQpaA7d+uI1709Njgu7fn8bLiUUsMI+14Rh/YIKfGO/KSzP9kpXp6YLMvPXQPX9sh9rhysLdocBmDW/iiYtyT5lCNAyvf/4B3nwpgsjiDQyL4/BcJHSk4edk89TpV63hl902Eo9EdnU5rf0XvqVmvMpdCt2YxwHoqlB9p0zlpvD2pbOQGw3IPssTv4tW6DF72FPqotXy6ejO+9sh+YSZT1i9/LZySl4MuyIipF7ODOqvYt0sU2t5vS7iiOCjJ2Nb4BmKtnmrJE4QIye2K0bi5DJmF8jZGP7fqgfbhlL9PkavydPWGUt4Hwo5ulzrz9+gO1z54CYW9CMY8yJeo+Xx4ewZv57kiX92fgEf0+bcL1V68KPX1FSP9kuu4OKjxz9HLIeDlQbh5y8pYBavz1sY3b+xtQO8+umzjqDBX85i5nl9tm6wLtYvv4UPN1T0xXvBtVeI5qCfvgEStGPBWEj7t7+nO8aBf+OiF+xAPHrhcYh/sVv6DBvvVnDnhX5Z7hHOztP7XdKiZHL0pC0jKGT4gA0zO0EjdDG/ZMgBlwvUjLENCr1mhaQ4EDaRJOmULiRBCsIx9uQsxczIlgzcnXU9bStyC11tCkyMgb1/enQHV7Z9fBF5D3GpiisXfLqahe26xigTg48g47rkcQYNe7/z+C8Ww69XWTxXaQZWxsAeceEnP6RFYf/fNFn+6C7t6nLjFg2fIu/vQT1/AfNRV4dxFT4RCrmu0geD40nBB87EsJ4qNDFbYbOQB3JyiYcRToG+AAAAAElFTkSuQmCC" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAADQAAAAuCAYAAABnNToWAAAKrWlDQ1BJQ0MgUHJvZmlsZQAASImVlgdUU9kWhs+9N73QEiIgJfSO9Cq9hiK9ikpIIIQSYyCo2BARR2BEUREBdQAHQRQclSKjiFiwDYIF7AMyKKjjYEFUVN4FHuG9t96st97O2jnf2mvfP/89OWetDQDlPlsoTIVlAEgTZIhCvN2YUdExTPzvAAukgDQwAAibky50DQryB38bH/sANL3eMZ7W+vu+/xqy3IR0DgBQEMrx3HROGsqn0WznCEUZACBoAs3VGcJpLkWZLkINonxsmnmz3DHN8bN8d6YnLMQd5REACBQ2W8QDgPwBrTMzOTxUh0JH2VTA5QtQ9kDZiZPE5qKci7JRWtrKaT6Bsl78v+jw/k0zXqLJZvMkPPsuM0Hw4KcLU9lr/8/t+N+Rliqe+w0NNClJIp8QdGWge1abstJPwoL4JYFzzOfO9M9wktgnfI456e4xc8xle/jNsTgl3HWO2aL5Z/kZrLA5Fq0MkegnpHuGSvQTWP4SD6lLJJzI92LNcVZSWOQcZ/Ijlsxxekqo33yPu6QuEodIPCeKvCTvmJY+743DnveQkRTmM+8tSuKBm+DhKakLwiX9wgw3iaYwNUjSn5DqLamnZ4ZKns1AD9gcJ7N9g+Z1giT7AzyAJ/BHP0x0NQcWwAyYAtRVRsKa6TMN3FcK14r4vKQMpit6axKYLAHHxIhpbmpmBcD0HZz9i9/fn7lbEIMwXxOi+nbouUWq52vxSgC0oOdCkThf0zoCgHQUAM3ZHLEoc7aGmf7CAhJ6t+lAEagCTaAHjFF/1sABuKBOfUEgCAPRYDnggCSQBkRgNVgPNoM8UAB2gr2gDBwC1aAWHAcnQQs4Cy6AK+AG6AH3wCMwAIbBKzAGPoJJCILwEBWiQYqQGqQNGULmkC3kBHlC/lAIFA3FQTxIAImh9dAWqAAqhsqgSqgO+gU6A12ArkG90ANoEBqF3kFfYASmwHRYBdaBF8G2sCvsB4fBy2AevArOgnPhHXApXAUfg5vhC/AN+B48AL+CxxGAkBEGoo4YI7aIOxKIxCCJiAjZiOQjJUgV0oC0IV3IHWQAeY18xuAwNAwTY4xxwPhgwjEczCrMRkwhpgxTi2nGXMLcwQxixjDfsVSsMtYQa49lYaOwPOxqbB62BFuDbcJext7DDmM/4nA4Bk4XZ4PzwUXjknHrcIW4A7hGXAeuFzeEG8fj8Yp4Q7wjPhDPxmfg8/D78cfw5/G38cP4TwQyQY1gTvAixBAEhBxCCeEooZ1wm/CCMEmUIWoT7YmBRC5xLbGIeJjYRrxFHCZOkmRJuiRHUhgpmbSZVEpqIF0mPSa9J5PJGmQ7cjCZT84ml5JPkK+SB8mfKXIUA4o7JZYipuygHKF0UB5Q3lOpVB2qCzWGmkHdQa2jXqQ+pX6SokmZSLGkuFKbpMqlmqVuS72RJkprS7tKL5fOki6RPiV9S/q1DFFGR8Zdhi2zUaZc5oxMv8y4LE3WTDZQNk22UPao7DXZETm8nI6cpxxXLleuWu6i3BANoWnS3Gkc2hbaYdpl2jAdR9els+jJ9AL6cXo3fUxeTt5SPkJ+jXy5/Dn5AQbC0GGwGKmMIsZJRh/jywKVBa4LEhZsX9Cw4PaCCYWFCi4KCQr5Co0K9xS+KDIVPRVTFHcptig+UcIoGSgFK61WOqh0Wen1QvpCh4WchfkLTy58qAwrGyiHKK9Trla+qTyuoqrirSJU2a9yUeW1KkPVRTVZdY9qu+qoGk3NSY2vtkftvNpLpjzTlZnKLGVeYo6pK6v7qIvVK9W71Sc1dDXCNXI0GjWeaJI0bTUTNfdodmqOaalpBWit16rXeqhN1LbVTtLep92lPaGjqxOps02nRWdEV0GXpZulW6/7WI+q56y3Sq9K764+Tt9WP0X/gH6PAWxgZZBkUG5wyxA2tDbkGx4w7DXCGtkZCYyqjPqNKcauxpnG9caDJgwTf5MckxaTN4u0FsUs2rWoa9F3UyvTVNPDpo/M5Mx8zXLM2szemRuYc8zLze9aUC28LDZZtFq8tTS0TLA8aHnfimYVYLXNqtPqm7WNtci6wXrURssmzqbCpt+WbhtkW2h71Q5r52a3ye6s3Wd7a/sM+5P2fzkYO6Q4HHUYWay7OGHx4cVDjhqObMdKxwEnplOc009OA87qzmznKudnLpouXJcalxeu+q7Jrsdc37iZuoncmtwm3O3dN7h3eCAe3h75Ht2ecp7hnmWeT700vHhe9V5j3lbe67w7fLA+fj67fPpZKiwOq4415mvju8H3kh/FL9SvzO+Zv4G/yL8tAA7wDdgd8HiJ9hLBkpZAEMgK3B34JEg3aFXQr8G44KDg8uDnIWYh60O6QmmhK0KPhn4McwsrCnsUrhcuDu+MkI6IjaiLmIj0iCyOHIhaFLUh6ka0UjQ/ujUGHxMRUxMzvtRz6d6lw7FWsXmxfct0l61Zdm250vLU5edWSK9grzgVh42LjDsa95UdyK5ij8ez4ivixzjunH2cV1wX7h7uaIJjQnHCi0THxOLEEZ4jbzdvNMk5qSTpNd+dX8Z/m+yTfCh5IiUw5UjKVGpkamMaIS0u7YxATpAiuLRSdeWalb1CQ2GecGCV/aq9q8ZEfqKadCh9WXprBh0ddm6K9cRbxYOZTpnlmZ9WR6w+tUZ2jWDNzbUGa7evfZHllfXzOsw6zrrO9errN68f3OC6oXIjtDF+Y+cmzU25m4azvbNrN5M2p2z+Lcc0pzjnw5bILW25KrnZuUNbvbfW50nlifL6tzlsO/QD5gf+D93bLbbv3/49n5t/vcC0oKTgayGn8PqPZj+W/ji1I3FHd5F10cGduJ2CnX27nHfVFssWZxUP7Q7Y3byHuSd/z4e9K/ZeK7EsObSPtE+8b6DUv7R1v9b+nfu/liWV3St3K2+sUK7YXjFxgHvg9kGXgw2HVA4VHPryE/+n+5Xelc1VOlUl1bjqzOrnhyMOd/1s+3NdjVJNQc23I4IjA7UhtZfqbOrqjiofLaqH68X1o8dij/Uc9zje2mDcUNnIaCw4AU6IT7z8Je6XvpN+JztP2Z5qOK19uqKJ1pTfDDWvbR5rSWoZaI1u7T3je6azzaGt6VeTX4+cVT9bfk7+XFE7qT23fep81vnxDmHH6wu8C0OdKzofXYy6ePdS8KXuy36Xr17xunKxy7Xr/FXHq2ev2V87c932essN6xvNN61uNv1m9VtTt3V38y2bW609dj1tvYt72287375wx+POlbusuzfuLbnX2xfed78/tn/gPvf+yIPUB28fZj6cfJT9GPs4/4nMk5Knyk+rftf/vXHAeuDcoMfgzWehzx4NcYZe/ZH+x9fh3OfU5yUv1F7UjZiPnB31Gu15ufTl8Cvhq8nXeX/K/lnxRu/N6b9c/ro5FjU2/Fb0dupd4XvF90c+WH7oHA8af/ox7ePkRP4nxU+1n20/d32J/PJicvVX/NfSb/rf2r77fX88lTY1JWSL2DOjAIImnJgIwDt0TqBGA0DrAYAkNTsjzwQ0O9fPEPg7np2jZ8IagOoOAMKyAfBH1/3oqoOmtAsAQWiGuQDYwkKS/4z0RAvzWS1yCzqalExNvUdnQ7w+AN/6p6YmW6amvtWgZh8C0PFxdjafDhl0/u8xN7OMCb3qwssG/xH/AK1DBDl+dVqUAAACfmlUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iWE1QIENvcmUgNS40LjAiPgogICA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPgogICAgICA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIgogICAgICAgICAgICB4bWxuczpleGlmPSJodHRwOi8vbnMuYWRvYmUuY29tL2V4aWYvMS4wLyIKICAgICAgICAgICAgeG1sbnM6dGlmZj0iaHR0cDovL25zLmFkb2JlLmNvbS90aWZmLzEuMC8iPgogICAgICAgICA8ZXhpZjpQaXhlbFlEaW1lbnNpb24+NDY8L2V4aWY6UGl4ZWxZRGltZW5zaW9uPgogICAgICAgICA8ZXhpZjpQaXhlbFhEaW1lbnNpb24+NTI8L2V4aWY6UGl4ZWxYRGltZW5zaW9uPgogICAgICAgICA8dGlmZjpDb21wcmVzc2lvbj4xPC90aWZmOkNvbXByZXNzaW9uPgogICAgICAgICA8dGlmZjpPcmllbnRhdGlvbj4xPC90aWZmOk9yaWVudGF0aW9uPgogICAgICAgICA8dGlmZjpQaG90b21ldHJpY0ludGVycHJldGF0aW9uPjI8L3RpZmY6UGhvdG9tZXRyaWNJbnRlcnByZXRhdGlvbj4KICAgICAgPC9yZGY6RGVzY3JpcHRpb24+CiAgIDwvcmRmOlJERj4KPC94OnhtcG1ldGE+CnxQkHYAAASfSURBVGgF7VlPaCNlFP9Fum0XmtVZyaWXPSwLInSEiOBBkVERT6awC7tCFUTIii0Yj/EgWE+5mZ5SQbKgOZRE3KzQymK3MiIkh0GYHoKYslOkOSQ0o5mFiZuBb7/5k2Q32fnb6RK6HUhnvjfv+73vve/Ne997jRB64QRdz5wgXQxVThWa9B093aHTHXrCFnh6XU5uNdBSNEBToHTp/TgurQtZVgbImtIyZQ4oHh70xOp4tQWSZkHAJQgHeqc/Lis4Tgny8oDPEdbCL9R7pCPkDFlAhnR8AMKRVxVJ0lCgYrCpoikkJ/oR4Shh5KVEVnXjsSz9pQlfE4lYa47wOA8dFFJJOaWDZ0gfsl5MUqstEVF1Bj3KWyGXMHamIPUCwdgr1Nw2gDOVtgXcJFndeskiCSbK2/qkYorKZcl234repg24bBXqCFkKzJGK5V1ijjMUXN06GEwO/UEVSML6jlZ53ZAq6fj0BpewvYN/pAZ2b30N9pMdGg84zIhf4fqNXQ/hxjuLvFfFnWoVa9c+wqJYQ45Gn9JWGevXr+FHqesdSOe0s3JPKg+iDpsukko5bewQkgXSd0K7uX7pQoYGAbqUZKFmTBWy5neUKppjP3gRndnOBFpXhtI7CyY6S1k0miNUMEzUjj04neY2WTlDsXU5+qXnIzw0Nqle/joq5AVg0nhcvqFJW677ek6cQlPuOvvg0PZR+q6MQ8yMT/p/Bq+8v4R4LFyRo4Iei765uYlSqTTKOzZeW1vD3NzckK518MfGTdw9d25Is546d4HoO5epQo8GleXlZaiqOsY/SlhZWUE8Hh8lj43DDQpaA7d+uI1709Njgu7fn8bLiUUsMI+14Rh/YIKfGO/KSzP9kpXp6YLMvPXQPX9sh9rhysLdocBmDW/iiYtyT5lCNAyvf/4B3nwpgsjiDQyL4/BcJHSk4edk89TpV63hl902Eo9EdnU5rf0XvqVmvMpdCt2YxwHoqlB9p0zlpvD2pbOQGw3IPssTv4tW6DF72FPqotXy6ejO+9sh+YSZT1i9/LZySl4MuyIipF7ODOqvYt0sU2t5vS7iiOCjJ2Nb4BmKtnmrJE4QIye2K0bi5DJmF8jZGP7fqgfbhlL9PkavydPWGUt4Hwo5ulzrz9+gO1z54CYW9CMY8yJeo+Xx4ewZv57kiX92fgEf0+bcL1V68KPX1FSP9kuu4OKjxz9HLIeDlQbh5y8pYBavz1sY3b+xtQO8+umzjqDBX85i5nl9tm6wLtYvv4UPN1T0xXvBtVeI5qCfvgEStGPBWEj7t7+nO8aBf+OiF+xAPHrhcYh/sVv6DBvvVnDnhX5Z7hHOztP7XdKiZHL0pC0jKGT4gA0zO0EjdDG/ZMgBlwvUjLENCr1mhaQ4EDaRJOmULiRBCsIx9uQsxczIlgzcnXU9bStyC11tCkyMgb1/enQHV7Z9fBF5D3GpiisXfLqahe26xigTg48g47rkcQYNe7/z+C8Ww69XWTxXaQZWxsAeceEnP6RFYf/fNFn+6C7t6nLjFg2fIu/vQT1/AfNRV4dxFT4RCrmu0geD40nBB87EsJ4qNDFbYbOQB3JyiYcRToG+AAAAAElFTkSuQmCC" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Rbb571b8b27524543"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R73e235cfde014b2c"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="495299" cy="438150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="542925" cy="447675"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAADkAAAAvCAYAAABZl2IDAAAKrWlDQ1BJQ0MgUHJvZmlsZQAASImVlgdUU9kWhs+9N73QEiIgJfSO9Cq9hiK9ikpIIIQSYyCo2BARR2BEUREBdQAHQRQclSKjiFiwDYIF7AMyKKjjYEFUVN4FHuG9t96st97O2jnf2mvfP/89OWetDQDlPlsoTIVlAEgTZIhCvN2YUdExTPzvAAukgDQwAAibky50DQryB38bH/sANL3eMZ7W+vu+/xqy3IR0DgBQEMrx3HROGsqn0WznCEUZACBoAs3VGcJpLkWZLkINonxsmnmz3DHN8bN8d6YnLMQd5REACBQ2W8QDgPwBrTMzOTxUh0JH2VTA5QtQ9kDZiZPE5qKci7JRWtrKaT6Bsl78v+jw/k0zXqLJZvMkPPsuM0Hw4KcLU9lr/8/t+N+Rliqe+w0NNClJIp8QdGWge1abstJPwoL4JYFzzOfO9M9wktgnfI456e4xc8xle/jNsTgl3HWO2aL5Z/kZrLA5Fq0MkegnpHuGSvQTWP4SD6lLJJzI92LNcVZSWOQcZ/Ijlsxxekqo33yPu6QuEodIPCeKvCTvmJY+743DnveQkRTmM+8tSuKBm+DhKakLwiX9wgw3iaYwNUjSn5DqLamnZ4ZKns1AD9gcJ7N9g+Z1giT7AzyAJ/BHP0x0NQcWwAyYAtRVRsKa6TMN3FcK14r4vKQMpit6axKYLAHHxIhpbmpmBcD0HZz9i9/fn7lbEIMwXxOi+nbouUWq52vxSgC0oOdCkThf0zoCgHQUAM3ZHLEoc7aGmf7CAhJ6t+lAEagCTaAHjFF/1sABuKBOfUEgCAPRYDnggCSQBkRgNVgPNoM8UAB2gr2gDBwC1aAWHAcnQQs4Cy6AK+AG6AH3wCMwAIbBKzAGPoJJCILwEBWiQYqQGqQNGULmkC3kBHlC/lAIFA3FQTxIAImh9dAWqAAqhsqgSqgO+gU6A12ArkG90ANoEBqF3kFfYASmwHRYBdaBF8G2sCvsB4fBy2AevArOgnPhHXApXAUfg5vhC/AN+B48AL+CxxGAkBEGoo4YI7aIOxKIxCCJiAjZiOQjJUgV0oC0IV3IHWQAeY18xuAwNAwTY4xxwPhgwjEczCrMRkwhpgxTi2nGXMLcwQxixjDfsVSsMtYQa49lYaOwPOxqbB62BFuDbcJext7DDmM/4nA4Bk4XZ4PzwUXjknHrcIW4A7hGXAeuFzeEG8fj8Yp4Q7wjPhDPxmfg8/D78cfw5/G38cP4TwQyQY1gTvAixBAEhBxCCeEooZ1wm/CCMEmUIWoT7YmBRC5xLbGIeJjYRrxFHCZOkmRJuiRHUhgpmbSZVEpqIF0mPSa9J5PJGmQ7cjCZT84ml5JPkK+SB8mfKXIUA4o7JZYipuygHKF0UB5Q3lOpVB2qCzWGmkHdQa2jXqQ+pX6SokmZSLGkuFKbpMqlmqVuS72RJkprS7tKL5fOki6RPiV9S/q1DFFGR8Zdhi2zUaZc5oxMv8y4LE3WTDZQNk22UPao7DXZETm8nI6cpxxXLleuWu6i3BANoWnS3Gkc2hbaYdpl2jAdR9els+jJ9AL6cXo3fUxeTt5SPkJ+jXy5/Dn5AQbC0GGwGKmMIsZJRh/jywKVBa4LEhZsX9Cw4PaCCYWFCi4KCQr5Co0K9xS+KDIVPRVTFHcptig+UcIoGSgFK61WOqh0Wen1QvpCh4WchfkLTy58qAwrGyiHKK9Trla+qTyuoqrirSJU2a9yUeW1KkPVRTVZdY9qu+qoGk3NSY2vtkftvNpLpjzTlZnKLGVeYo6pK6v7qIvVK9W71Sc1dDXCNXI0GjWeaJI0bTUTNfdodmqOaalpBWit16rXeqhN1LbVTtLep92lPaGjqxOps02nRWdEV0GXpZulW6/7WI+q56y3Sq9K764+Tt9WP0X/gH6PAWxgZZBkUG5wyxA2tDbkGx4w7DXCGtkZCYyqjPqNKcauxpnG9caDJgwTf5MckxaTN4u0FsUs2rWoa9F3UyvTVNPDpo/M5Mx8zXLM2szemRuYc8zLze9aUC28LDZZtFq8tTS0TLA8aHnfimYVYLXNqtPqm7WNtci6wXrURssmzqbCpt+WbhtkW2h71Q5r52a3ye6s3Wd7a/sM+5P2fzkYO6Q4HHUYWay7OGHx4cVDjhqObMdKxwEnplOc009OA87qzmznKudnLpouXJcalxeu+q7Jrsdc37iZuoncmtwm3O3dN7h3eCAe3h75Ht2ecp7hnmWeT700vHhe9V5j3lbe67w7fLA+fj67fPpZKiwOq4415mvju8H3kh/FL9SvzO+Zv4G/yL8tAA7wDdgd8HiJ9hLBkpZAEMgK3B34JEg3aFXQr8G44KDg8uDnIWYh60O6QmmhK0KPhn4McwsrCnsUrhcuDu+MkI6IjaiLmIj0iCyOHIhaFLUh6ka0UjQ/ujUGHxMRUxMzvtRz6d6lw7FWsXmxfct0l61Zdm250vLU5edWSK9grzgVh42LjDsa95UdyK5ij8ez4ivixzjunH2cV1wX7h7uaIJjQnHCi0THxOLEEZ4jbzdvNMk5qSTpNd+dX8Z/m+yTfCh5IiUw5UjKVGpkamMaIS0u7YxATpAiuLRSdeWalb1CQ2GecGCV/aq9q8ZEfqKadCh9WXprBh0ddm6K9cRbxYOZTpnlmZ9WR6w+tUZ2jWDNzbUGa7evfZHllfXzOsw6zrrO9errN68f3OC6oXIjtDF+Y+cmzU25m4azvbNrN5M2p2z+Lcc0pzjnw5bILW25KrnZuUNbvbfW50nlifL6tzlsO/QD5gf+D93bLbbv3/49n5t/vcC0oKTgayGn8PqPZj+W/ji1I3FHd5F10cGduJ2CnX27nHfVFssWZxUP7Q7Y3byHuSd/z4e9K/ZeK7EsObSPtE+8b6DUv7R1v9b+nfu/liWV3St3K2+sUK7YXjFxgHvg9kGXgw2HVA4VHPryE/+n+5Xelc1VOlUl1bjqzOrnhyMOd/1s+3NdjVJNQc23I4IjA7UhtZfqbOrqjiofLaqH68X1o8dij/Uc9zje2mDcUNnIaCw4AU6IT7z8Je6XvpN+JztP2Z5qOK19uqKJ1pTfDDWvbR5rSWoZaI1u7T3je6azzaGt6VeTX4+cVT9bfk7+XFE7qT23fep81vnxDmHH6wu8C0OdKzofXYy6ePdS8KXuy36Xr17xunKxy7Xr/FXHq2ev2V87c932essN6xvNN61uNv1m9VtTt3V38y2bW609dj1tvYt72287375wx+POlbusuzfuLbnX2xfed78/tn/gPvf+yIPUB28fZj6cfJT9GPs4/4nMk5Knyk+rftf/vXHAeuDcoMfgzWehzx4NcYZe/ZH+x9fh3OfU5yUv1F7UjZiPnB31Gu15ufTl8Cvhq8nXeX/K/lnxRu/N6b9c/ro5FjU2/Fb0dupd4XvF90c+WH7oHA8af/ox7ePkRP4nxU+1n20/d32J/PJicvVX/NfSb/rf2r77fX88lTY1JWSL2DOjAIImnJgIwDt0TqBGA0DrAYAkNTsjzwQ0O9fPEPg7np2jZ8IagOoOAMKyAfBH1/3oqoOmtAsAQWiGuQDYwkKS/4z0RAvzWS1yCzqalExNvUdnQ7w+AN/6p6YmW6amvtWgZh8C0PFxdjafDhl0/u8xN7OMCb3qwssG/xH/AK1DBDl+dVqUAAACfmlUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iWE1QIENvcmUgNS40LjAiPgogICA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPgogICAgICA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIgogICAgICAgICAgICB4bWxuczpleGlmPSJodHRwOi8vbnMuYWRvYmUuY29tL2V4aWYvMS4wLyIKICAgICAgICAgICAgeG1sbnM6dGlmZj0iaHR0cDovL25zLmFkb2JlLmNvbS90aWZmLzEuMC8iPgogICAgICAgICA8ZXhpZjpQaXhlbFlEaW1lbnNpb24+NDc8L2V4aWY6UGl4ZWxZRGltZW5zaW9uPgogICAgICAgICA8ZXhpZjpQaXhlbFhEaW1lbnNpb24+NTc8L2V4aWY6UGl4ZWxYRGltZW5zaW9uPgogICAgICAgICA8dGlmZjpDb21wcmVzc2lvbj4xPC90aWZmOkNvbXByZXNzaW9uPgogICAgICAgICA8dGlmZjpPcmllbnRhdGlvbj4xPC90aWZmOk9yaWVudGF0aW9uPgogICAgICAgICA8dGlmZjpQaG90b21ldHJpY0ludGVycHJldGF0aW9uPjI8L3RpZmY6UGhvdG9tZXRyaWNJbnRlcnByZXRhdGlvbj4KICAgICAgPC9yZGY6RGVzY3JpcHRpb24+CiAgIDwvcmRmOlJERj4KPC94OnhtcG1ldGE+Cn7okOcAAAUuSURBVGgF7VlfaBt1HP9M2trOtSAuWWmRInUYyxowFeqG4NKpTHAcwga6pg9VaMseND446R7GiE/xRfqWVjF9aAuSbhBlZirdZIqmD5fBVRrUtnSVC5jatEvAS5fAz8tdk94ld5fLJbWx5qC9333/f+77/f25bw4R/sIBvx454PgEeDWQByXLtUwelEzW6QKSiOCHO9/i5+AfeH74A/R1NOpS0ysUWbiF79eP42Jfp0wlErqFr378DduPHsWLZ8/B1tEs4+t+yGwhWlfY78psMcQ+Ok2YJZZwKS3p0ngp9i4ZskK0P0bLlBmvQ6BnfGf/xoJRmYzeB2gJMt4hwYF7blVLzDAvxcVILBYmrsxLlIJMMYSCnQSW4oJtNugl1gxYu4eIlNJcqoLklqYFgA4PU5rFkqXjxGvPAxkPk0CQlVjiiJcSQcYkVL1DldU1iRvX+sWSjwZwZXgY7380jlAkKdIq/H87316zBWd72yRUDttx/rH9CTRJqHqHyiCTvyMwJZo4araCesOG21dH0NP+JuY39ZquoNzmPYzcAXzXXoehJU8x5RzNzwkQSlKq0TlxAXJ4K12+ceLJL1dZUHw586Uqm7MyfvEH5S0kVZgF03OnYefJbPzvQuYeUm5facHgMR+4d22GvSiXa9NhHONN+kO/IjcLmx5DC0974cSThp2VqhgaH8CZDR9S4+fFMk2v4/56LiLd5pRB1llw2TcETFzAjWXR6PpPN+GHFa91SxcE3X60BTeAjaS0fNIITQ6gZ2QKrpca8PXsLGYmxzFQb8b4QkzblhJXvaI5EnBT4jbisPN3ivh39i11nRI53BJxC7bFDZ9yBQjHm1j1OwW/fLx5dydZMnAYOZQJSwl8lpZObGIzmUazyWRsZcsa2sd7UZD7GFvFXCvPyYqZrw5DyluIgdgSy/P45t6faGhQUD7yFF7t6963ci8Auba2hpWVFYVId0mtra2wWCy7BH7Ezn+OC/0TsFr5o7T0YhgwlBfxPJDRaBSLi4tSSd1js9mMrq4u3fIFIBOJBCKRiKaBxsbCw1V779vw+V5R1jvyDOrzOBzHFfWTp5J7rKsrCDvHUxyUuOiriocVvv94h+IWwH8iGfl6UHVWIqO2uiqm/j9I/H9vIZvLIfzyVwrSHeHhw3qcOGnD4yXO+2LJV2tk7epFMPPxLDoHL6HXZMC58hxeJc7soiG72wltpMmi7IRoNbKkKnd3ztDuoLHlS7HHwwZGCagxwqyyhGVZEo2xxO/kV0qHjxg4H0vjlY1VG1kSqRg9ljuke+hKgmRowsrQRIWO2uicsZagJGaFoUIjKysVp4kdVuKZdgtAxwyCVFx42rptaJOUfnr5O1wFhbdOmXanSQVHBY0swXYCk1QP2n1f4p1ec1neJFDU7TA3PwOGnHi28KCjrlQmZ3nmEgZbpsGd70B6IfsadIVb4FmHVgSz792BK3gdOoQLHBghJO/P4un+Kcyxn6IunUZ064Fg5sFWpitg4KeCbPmr3cUms4OEM5/se3IVdutotzW32PCo5GNXsOQoiiZn8bobcLph+RdL9bjjC9Av73QF6w9ji/4EZwYnMOQJ4PI5/V8f2SoqApIv1Q8ZuOnerPze3PMaWc1tFtgk/bJk/Une7wRsp06js83A29bKPRf28KXiMNQ80rKb46k0snL8nQEX9gol62WMnUS0v0LSCazzPwuYTAYm+97k3JBVbZCGTFafkuJhoPrCLC+iGsjy3l/1aNcyWT25KC+SWibLe3/Vo/0Pk7zIxLkjMq4AAAAASUVORK5CYII=" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAADkAAAAvCAYAAABZl2IDAAAKrWlDQ1BJQ0MgUHJvZmlsZQAASImVlgdUU9kWhs+9N73QEiIgJfSO9Cq9hiK9ikpIIIQSYyCo2BARR2BEUREBdQAHQRQclSKjiFiwDYIF7AMyKKjjYEFUVN4FHuG9t96st97O2jnf2mvfP/89OWetDQDlPlsoTIVlAEgTZIhCvN2YUdExTPzvAAukgDQwAAibky50DQryB38bH/sANL3eMZ7W+vu+/xqy3IR0DgBQEMrx3HROGsqn0WznCEUZACBoAs3VGcJpLkWZLkINonxsmnmz3DHN8bN8d6YnLMQd5REACBQ2W8QDgPwBrTMzOTxUh0JH2VTA5QtQ9kDZiZPE5qKci7JRWtrKaT6Bsl78v+jw/k0zXqLJZvMkPPsuM0Hw4KcLU9lr/8/t+N+Rliqe+w0NNClJIp8QdGWge1abstJPwoL4JYFzzOfO9M9wktgnfI456e4xc8xle/jNsTgl3HWO2aL5Z/kZrLA5Fq0MkegnpHuGSvQTWP4SD6lLJJzI92LNcVZSWOQcZ/Ijlsxxekqo33yPu6QuEodIPCeKvCTvmJY+743DnveQkRTmM+8tSuKBm+DhKakLwiX9wgw3iaYwNUjSn5DqLamnZ4ZKns1AD9gcJ7N9g+Z1giT7AzyAJ/BHP0x0NQcWwAyYAtRVRsKa6TMN3FcK14r4vKQMpit6axKYLAHHxIhpbmpmBcD0HZz9i9/fn7lbEIMwXxOi+nbouUWq52vxSgC0oOdCkThf0zoCgHQUAM3ZHLEoc7aGmf7CAhJ6t+lAEagCTaAHjFF/1sABuKBOfUEgCAPRYDnggCSQBkRgNVgPNoM8UAB2gr2gDBwC1aAWHAcnQQs4Cy6AK+AG6AH3wCMwAIbBKzAGPoJJCILwEBWiQYqQGqQNGULmkC3kBHlC/lAIFA3FQTxIAImh9dAWqAAqhsqgSqgO+gU6A12ArkG90ANoEBqF3kFfYASmwHRYBdaBF8G2sCvsB4fBy2AevArOgnPhHXApXAUfg5vhC/AN+B48AL+CxxGAkBEGoo4YI7aIOxKIxCCJiAjZiOQjJUgV0oC0IV3IHWQAeY18xuAwNAwTY4xxwPhgwjEczCrMRkwhpgxTi2nGXMLcwQxixjDfsVSsMtYQa49lYaOwPOxqbB62BFuDbcJext7DDmM/4nA4Bk4XZ4PzwUXjknHrcIW4A7hGXAeuFzeEG8fj8Yp4Q7wjPhDPxmfg8/D78cfw5/G38cP4TwQyQY1gTvAixBAEhBxCCeEooZ1wm/CCMEmUIWoT7YmBRC5xLbGIeJjYRrxFHCZOkmRJuiRHUhgpmbSZVEpqIF0mPSa9J5PJGmQ7cjCZT84ml5JPkK+SB8mfKXIUA4o7JZYipuygHKF0UB5Q3lOpVB2qCzWGmkHdQa2jXqQ+pX6SokmZSLGkuFKbpMqlmqVuS72RJkprS7tKL5fOki6RPiV9S/q1DFFGR8Zdhi2zUaZc5oxMv8y4LE3WTDZQNk22UPao7DXZETm8nI6cpxxXLleuWu6i3BANoWnS3Gkc2hbaYdpl2jAdR9els+jJ9AL6cXo3fUxeTt5SPkJ+jXy5/Dn5AQbC0GGwGKmMIsZJRh/jywKVBa4LEhZsX9Cw4PaCCYWFCi4KCQr5Co0K9xS+KDIVPRVTFHcptig+UcIoGSgFK61WOqh0Wen1QvpCh4WchfkLTy58qAwrGyiHKK9Trla+qTyuoqrirSJU2a9yUeW1KkPVRTVZdY9qu+qoGk3NSY2vtkftvNpLpjzTlZnKLGVeYo6pK6v7qIvVK9W71Sc1dDXCNXI0GjWeaJI0bTUTNfdodmqOaalpBWit16rXeqhN1LbVTtLep92lPaGjqxOps02nRWdEV0GXpZulW6/7WI+q56y3Sq9K764+Tt9WP0X/gH6PAWxgZZBkUG5wyxA2tDbkGx4w7DXCGtkZCYyqjPqNKcauxpnG9caDJgwTf5MckxaTN4u0FsUs2rWoa9F3UyvTVNPDpo/M5Mx8zXLM2szemRuYc8zLze9aUC28LDZZtFq8tTS0TLA8aHnfimYVYLXNqtPqm7WNtci6wXrURssmzqbCpt+WbhtkW2h71Q5r52a3ye6s3Wd7a/sM+5P2fzkYO6Q4HHUYWay7OGHx4cVDjhqObMdKxwEnplOc009OA87qzmznKudnLpouXJcalxeu+q7Jrsdc37iZuoncmtwm3O3dN7h3eCAe3h75Ht2ecp7hnmWeT700vHhe9V5j3lbe67w7fLA+fj67fPpZKiwOq4415mvju8H3kh/FL9SvzO+Zv4G/yL8tAA7wDdgd8HiJ9hLBkpZAEMgK3B34JEg3aFXQr8G44KDg8uDnIWYh60O6QmmhK0KPhn4McwsrCnsUrhcuDu+MkI6IjaiLmIj0iCyOHIhaFLUh6ka0UjQ/ujUGHxMRUxMzvtRz6d6lw7FWsXmxfct0l61Zdm250vLU5edWSK9grzgVh42LjDsa95UdyK5ij8ez4ivixzjunH2cV1wX7h7uaIJjQnHCi0THxOLEEZ4jbzdvNMk5qSTpNd+dX8Z/m+yTfCh5IiUw5UjKVGpkamMaIS0u7YxATpAiuLRSdeWalb1CQ2GecGCV/aq9q8ZEfqKadCh9WXprBh0ddm6K9cRbxYOZTpnlmZ9WR6w+tUZ2jWDNzbUGa7evfZHllfXzOsw6zrrO9errN68f3OC6oXIjtDF+Y+cmzU25m4azvbNrN5M2p2z+Lcc0pzjnw5bILW25KrnZuUNbvbfW50nlifL6tzlsO/QD5gf+D93bLbbv3/49n5t/vcC0oKTgayGn8PqPZj+W/ji1I3FHd5F10cGduJ2CnX27nHfVFssWZxUP7Q7Y3byHuSd/z4e9K/ZeK7EsObSPtE+8b6DUv7R1v9b+nfu/liWV3St3K2+sUK7YXjFxgHvg9kGXgw2HVA4VHPryE/+n+5Xelc1VOlUl1bjqzOrnhyMOd/1s+3NdjVJNQc23I4IjA7UhtZfqbOrqjiofLaqH68X1o8dij/Uc9zje2mDcUNnIaCw4AU6IT7z8Je6XvpN+JztP2Z5qOK19uqKJ1pTfDDWvbR5rSWoZaI1u7T3je6azzaGt6VeTX4+cVT9bfk7+XFE7qT23fep81vnxDmHH6wu8C0OdKzofXYy6ePdS8KXuy36Xr17xunKxy7Xr/FXHq2ev2V87c932essN6xvNN61uNv1m9VtTt3V38y2bW609dj1tvYt72287375wx+POlbusuzfuLbnX2xfed78/tn/gPvf+yIPUB28fZj6cfJT9GPs4/4nMk5Knyk+rftf/vXHAeuDcoMfgzWehzx4NcYZe/ZH+x9fh3OfU5yUv1F7UjZiPnB31Gu15ufTl8Cvhq8nXeX/K/lnxRu/N6b9c/ro5FjU2/Fb0dupd4XvF90c+WH7oHA8af/ox7ePkRP4nxU+1n20/d32J/PJicvVX/NfSb/rf2r77fX88lTY1JWSL2DOjAIImnJgIwDt0TqBGA0DrAYAkNTsjzwQ0O9fPEPg7np2jZ8IagOoOAMKyAfBH1/3oqoOmtAsAQWiGuQDYwkKS/4z0RAvzWS1yCzqalExNvUdnQ7w+AN/6p6YmW6amvtWgZh8C0PFxdjafDhl0/u8xN7OMCb3qwssG/xH/AK1DBDl+dVqUAAACfmlUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iWE1QIENvcmUgNS40LjAiPgogICA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPgogICAgICA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIgogICAgICAgICAgICB4bWxuczpleGlmPSJodHRwOi8vbnMuYWRvYmUuY29tL2V4aWYvMS4wLyIKICAgICAgICAgICAgeG1sbnM6dGlmZj0iaHR0cDovL25zLmFkb2JlLmNvbS90aWZmLzEuMC8iPgogICAgICAgICA8ZXhpZjpQaXhlbFlEaW1lbnNpb24+NDc8L2V4aWY6UGl4ZWxZRGltZW5zaW9uPgogICAgICAgICA8ZXhpZjpQaXhlbFhEaW1lbnNpb24+NTc8L2V4aWY6UGl4ZWxYRGltZW5zaW9uPgogICAgICAgICA8dGlmZjpDb21wcmVzc2lvbj4xPC90aWZmOkNvbXByZXNzaW9uPgogICAgICAgICA8dGlmZjpPcmllbnRhdGlvbj4xPC90aWZmOk9yaWVudGF0aW9uPgogICAgICAgICA8dGlmZjpQaG90b21ldHJpY0ludGVycHJldGF0aW9uPjI8L3RpZmY6UGhvdG9tZXRyaWNJbnRlcnByZXRhdGlvbj4KICAgICAgPC9yZGY6RGVzY3JpcHRpb24+CiAgIDwvcmRmOlJERj4KPC94OnhtcG1ldGE+Cn7okOcAAAUuSURBVGgF7VlfaBt1HP9M2trOtSAuWWmRInUYyxowFeqG4NKpTHAcwga6pg9VaMseND446R7GiE/xRfqWVjF9aAuSbhBlZirdZIqmD5fBVRrUtnSVC5jatEvAS5fAz8tdk94ld5fLJbWx5qC9333/f+77/f25bw4R/sIBvx454PgEeDWQByXLtUwelEzW6QKSiOCHO9/i5+AfeH74A/R1NOpS0ysUWbiF79eP42Jfp0wlErqFr378DduPHsWLZ8/B1tEs4+t+yGwhWlfY78psMcQ+Ok2YJZZwKS3p0ngp9i4ZskK0P0bLlBmvQ6BnfGf/xoJRmYzeB2gJMt4hwYF7blVLzDAvxcVILBYmrsxLlIJMMYSCnQSW4oJtNugl1gxYu4eIlNJcqoLklqYFgA4PU5rFkqXjxGvPAxkPk0CQlVjiiJcSQcYkVL1DldU1iRvX+sWSjwZwZXgY7380jlAkKdIq/H87316zBWd72yRUDttx/rH9CTRJqHqHyiCTvyMwJZo4araCesOG21dH0NP+JuY39ZquoNzmPYzcAXzXXoehJU8x5RzNzwkQSlKq0TlxAXJ4K12+ceLJL1dZUHw586Uqm7MyfvEH5S0kVZgF03OnYefJbPzvQuYeUm5facHgMR+4d22GvSiXa9NhHONN+kO/IjcLmx5DC0974cSThp2VqhgaH8CZDR9S4+fFMk2v4/56LiLd5pRB1llw2TcETFzAjWXR6PpPN+GHFa91SxcE3X60BTeAjaS0fNIITQ6gZ2QKrpca8PXsLGYmxzFQb8b4QkzblhJXvaI5EnBT4jbisPN3ivh39i11nRI53BJxC7bFDZ9yBQjHm1j1OwW/fLx5dydZMnAYOZQJSwl8lpZObGIzmUazyWRsZcsa2sd7UZD7GFvFXCvPyYqZrw5DyluIgdgSy/P45t6faGhQUD7yFF7t6963ci8Auba2hpWVFYVId0mtra2wWCy7BH7Ezn+OC/0TsFr5o7T0YhgwlBfxPJDRaBSLi4tSSd1js9mMrq4u3fIFIBOJBCKRiKaBxsbCw1V779vw+V5R1jvyDOrzOBzHFfWTp5J7rKsrCDvHUxyUuOiriocVvv94h+IWwH8iGfl6UHVWIqO2uiqm/j9I/H9vIZvLIfzyVwrSHeHhw3qcOGnD4yXO+2LJV2tk7epFMPPxLDoHL6HXZMC58hxeJc7soiG72wltpMmi7IRoNbKkKnd3ztDuoLHlS7HHwwZGCagxwqyyhGVZEo2xxO/kV0qHjxg4H0vjlY1VG1kSqRg9ljuke+hKgmRowsrQRIWO2uicsZagJGaFoUIjKysVp4kdVuKZdgtAxwyCVFx42rptaJOUfnr5O1wFhbdOmXanSQVHBY0swXYCk1QP2n1f4p1ec1neJFDU7TA3PwOGnHi28KCjrlQmZ3nmEgZbpsGd70B6IfsadIVb4FmHVgSz792BK3gdOoQLHBghJO/P4un+Kcyxn6IunUZ064Fg5sFWpitg4KeCbPmr3cUms4OEM5/se3IVdutotzW32PCo5GNXsOQoiiZn8bobcLph+RdL9bjjC9Av73QF6w9ji/4EZwYnMOQJ4PI5/V8f2SoqApIv1Q8ZuOnerPze3PMaWc1tFtgk/bJk/Une7wRsp06js83A29bKPRf28KXiMNQ80rKb46k0snL8nQEX9gol62WMnUS0v0LSCazzPwuYTAYm+97k3JBVbZCGTFafkuJhoPrCLC+iGsjy3l/1aNcyWT25KC+SWibLe3/Vo/0Pk7zIxLkjMq4AAAAASUVORK5CYII=" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R5cad87d47025416d"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R1ce6887966cf4ab7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="542925" cy="447675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -557,51 +557,51 @@
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">L = 0.75H or </w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="485775" cy="400050"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAADMAAAAqCAYAAAAeeGN5AAAKrWlDQ1BJQ0MgUHJvZmlsZQAASImVlgdUU9kWhs+9N73QEiIgJfSO9Cq9hiK9ikpIIIQSYyCo2BARR2BEUREBdQAHQRQclSKjiFiwDYIF7AMyKKjjYEFUVN4FHuG9t96st97O2jnf2mvfP/89OWetDQDlPlsoTIVlAEgTZIhCvN2YUdExTPzvAAukgDQwAAibky50DQryB38bH/sANL3eMZ7W+vu+/xqy3IR0DgBQEMrx3HROGsqn0WznCEUZACBoAs3VGcJpLkWZLkINonxsmnmz3DHN8bN8d6YnLMQd5REACBQ2W8QDgPwBrTMzOTxUh0JH2VTA5QtQ9kDZiZPE5qKci7JRWtrKaT6Bsl78v+jw/k0zXqLJZvMkPPsuM0Hw4KcLU9lr/8/t+N+Rliqe+w0NNClJIp8QdGWge1abstJPwoL4JYFzzOfO9M9wktgnfI456e4xc8xle/jNsTgl3HWO2aL5Z/kZrLA5Fq0MkegnpHuGSvQTWP4SD6lLJJzI92LNcVZSWOQcZ/Ijlsxxekqo33yPu6QuEodIPCeKvCTvmJY+743DnveQkRTmM+8tSuKBm+DhKakLwiX9wgw3iaYwNUjSn5DqLamnZ4ZKns1AD9gcJ7N9g+Z1giT7AzyAJ/BHP0x0NQcWwAyYAtRVRsKa6TMN3FcK14r4vKQMpit6axKYLAHHxIhpbmpmBcD0HZz9i9/fn7lbEIMwXxOi+nbouUWq52vxSgC0oOdCkThf0zoCgHQUAM3ZHLEoc7aGmf7CAhJ6t+lAEagCTaAHjFF/1sABuKBOfUEgCAPRYDnggCSQBkRgNVgPNoM8UAB2gr2gDBwC1aAWHAcnQQs4Cy6AK+AG6AH3wCMwAIbBKzAGPoJJCILwEBWiQYqQGqQNGULmkC3kBHlC/lAIFA3FQTxIAImh9dAWqAAqhsqgSqgO+gU6A12ArkG90ANoEBqF3kFfYASmwHRYBdaBF8G2sCvsB4fBy2AevArOgnPhHXApXAUfg5vhC/AN+B48AL+CxxGAkBEGoo4YI7aIOxKIxCCJiAjZiOQjJUgV0oC0IV3IHWQAeY18xuAwNAwTY4xxwPhgwjEczCrMRkwhpgxTi2nGXMLcwQxixjDfsVSsMtYQa49lYaOwPOxqbB62BFuDbcJext7DDmM/4nA4Bk4XZ4PzwUXjknHrcIW4A7hGXAeuFzeEG8fj8Yp4Q7wjPhDPxmfg8/D78cfw5/G38cP4TwQyQY1gTvAixBAEhBxCCeEooZ1wm/CCMEmUIWoT7YmBRC5xLbGIeJjYRrxFHCZOkmRJuiRHUhgpmbSZVEpqIF0mPSa9J5PJGmQ7cjCZT84ml5JPkK+SB8mfKXIUA4o7JZYipuygHKF0UB5Q3lOpVB2qCzWGmkHdQa2jXqQ+pX6SokmZSLGkuFKbpMqlmqVuS72RJkprS7tKL5fOki6RPiV9S/q1DFFGR8Zdhi2zUaZc5oxMv8y4LE3WTDZQNk22UPao7DXZETm8nI6cpxxXLleuWu6i3BANoWnS3Gkc2hbaYdpl2jAdR9els+jJ9AL6cXo3fUxeTt5SPkJ+jXy5/Dn5AQbC0GGwGKmMIsZJRh/jywKVBa4LEhZsX9Cw4PaCCYWFCi4KCQr5Co0K9xS+KDIVPRVTFHcptig+UcIoGSgFK61WOqh0Wen1QvpCh4WchfkLTy58qAwrGyiHKK9Trla+qTyuoqrirSJU2a9yUeW1KkPVRTVZdY9qu+qoGk3NSY2vtkftvNpLpjzTlZnKLGVeYo6pK6v7qIvVK9W71Sc1dDXCNXI0GjWeaJI0bTUTNfdodmqOaalpBWit16rXeqhN1LbVTtLep92lPaGjqxOps02nRWdEV0GXpZulW6/7WI+q56y3Sq9K764+Tt9WP0X/gH6PAWxgZZBkUG5wyxA2tDbkGx4w7DXCGtkZCYyqjPqNKcauxpnG9caDJgwTf5MckxaTN4u0FsUs2rWoa9F3UyvTVNPDpo/M5Mx8zXLM2szemRuYc8zLze9aUC28LDZZtFq8tTS0TLA8aHnfimYVYLXNqtPqm7WNtci6wXrURssmzqbCpt+WbhtkW2h71Q5r52a3ye6s3Wd7a/sM+5P2fzkYO6Q4HHUYWay7OGHx4cVDjhqObMdKxwEnplOc009OA87qzmznKudnLpouXJcalxeu+q7Jrsdc37iZuoncmtwm3O3dN7h3eCAe3h75Ht2ecp7hnmWeT700vHhe9V5j3lbe67w7fLA+fj67fPpZKiwOq4415mvju8H3kh/FL9SvzO+Zv4G/yL8tAA7wDdgd8HiJ9hLBkpZAEMgK3B34JEg3aFXQr8G44KDg8uDnIWYh60O6QmmhK0KPhn4McwsrCnsUrhcuDu+MkI6IjaiLmIj0iCyOHIhaFLUh6ka0UjQ/ujUGHxMRUxMzvtRz6d6lw7FWsXmxfct0l61Zdm250vLU5edWSK9grzgVh42LjDsa95UdyK5ij8ez4ivixzjunH2cV1wX7h7uaIJjQnHCi0THxOLEEZ4jbzdvNMk5qSTpNd+dX8Z/m+yTfCh5IiUw5UjKVGpkamMaIS0u7YxATpAiuLRSdeWalb1CQ2GecGCV/aq9q8ZEfqKadCh9WXprBh0ddm6K9cRbxYOZTpnlmZ9WR6w+tUZ2jWDNzbUGa7evfZHllfXzOsw6zrrO9errN68f3OC6oXIjtDF+Y+cmzU25m4azvbNrN5M2p2z+Lcc0pzjnw5bILW25KrnZuUNbvbfW50nlifL6tzlsO/QD5gf+D93bLbbv3/49n5t/vcC0oKTgayGn8PqPZj+W/ji1I3FHd5F10cGduJ2CnX27nHfVFssWZxUP7Q7Y3byHuSd/z4e9K/ZeK7EsObSPtE+8b6DUv7R1v9b+nfu/liWV3St3K2+sUK7YXjFxgHvg9kGXgw2HVA4VHPryE/+n+5Xelc1VOlUl1bjqzOrnhyMOd/1s+3NdjVJNQc23I4IjA7UhtZfqbOrqjiofLaqH68X1o8dij/Uc9zje2mDcUNnIaCw4AU6IT7z8Je6XvpN+JztP2Z5qOK19uqKJ1pTfDDWvbR5rSWoZaI1u7T3je6azzaGt6VeTX4+cVT9bfk7+XFE7qT23fep81vnxDmHH6wu8C0OdKzofXYy6ePdS8KXuy36Xr17xunKxy7Xr/FXHq2ev2V87c932essN6xvNN61uNv1m9VtTt3V38y2bW609dj1tvYt72287375wx+POlbusuzfuLbnX2xfed78/tn/gPvf+yIPUB28fZj6cfJT9GPs4/4nMk5Knyk+rftf/vXHAeuDcoMfgzWehzx4NcYZe/ZH+x9fh3OfU5yUv1F7UjZiPnB31Gu15ufTl8Cvhq8nXeX/K/lnxRu/N6b9c/ro5FjU2/Fb0dupd4XvF90c+WH7oHA8af/ox7ePkRP4nxU+1n20/d32J/PJicvVX/NfSb/rf2r77fX88lTY1JWSL2DOjAIImnJgIwDt0TqBGA0DrAYAkNTsjzwQ0O9fPEPg7np2jZ8IagOoOAMKyAfBH1/3oqoOmtAsAQWiGuQDYwkKS/4z0RAvzWS1yCzqalExNvUdnQ7w+AN/6p6YmW6amvtWgZh8C0PFxdjafDhl0/u8xN7OMCb3qwssG/xH/AK1DBDl+dVqUAAACfmlUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iWE1QIENvcmUgNS40LjAiPgogICA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPgogICAgICA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIgogICAgICAgICAgICB4bWxuczpleGlmPSJodHRwOi8vbnMuYWRvYmUuY29tL2V4aWYvMS4wLyIKICAgICAgICAgICAgeG1sbnM6dGlmZj0iaHR0cDovL25zLmFkb2JlLmNvbS90aWZmLzEuMC8iPgogICAgICAgICA8ZXhpZjpQaXhlbFlEaW1lbnNpb24+NDI8L2V4aWY6UGl4ZWxZRGltZW5zaW9uPgogICAgICAgICA8ZXhpZjpQaXhlbFhEaW1lbnNpb24+NTE8L2V4aWY6UGl4ZWxYRGltZW5zaW9uPgogICAgICAgICA8dGlmZjpDb21wcmVzc2lvbj4xPC90aWZmOkNvbXByZXNzaW9uPgogICAgICAgICA8dGlmZjpPcmllbnRhdGlvbj4xPC90aWZmOk9yaWVudGF0aW9uPgogICAgICAgICA8dGlmZjpQaG90b21ldHJpY0ludGVycHJldGF0aW9uPjI8L3RpZmY6UGhvdG9tZXRyaWNJbnRlcnByZXRhdGlvbj4KICAgICAgPC9yZGY6RGVzY3JpcHRpb24+CiAgIDwvcmRmOlJERj4KPC94OnhtcG1ldGE+CpIDE1kAAAPNSURBVGgF7VhfSFNRGP8Zbv4hjdBerDchNHCIPhT0UDd6UMLWgxLoIA0ae9JeeughCF9kFIgRMR9kRY4CJaY+2EP64FM+TGxCk1iYyYSEttjIbd7B6dx73d127912N693Jh643HO+851zvt/3O9/5V0ZowjFJp44JDh7GCZijyuYJMyfM6OCBYzXNynVwmGyIRGQb3q9bQHU9LrU0olKmUaSA2zT1TGGvk9ukU5/FQXY0MgAa9aOuG9ZPrGDIjD9MCBskM8NmHpTLF1XXPo+WvmBIlATDrGgS6xdYWtCIGp1jphJna5LxkMCniQGY7J9x41xSdsC/6CYdMzueKWIx7ccNYyc+Ouu0SDpPM8FkNhokAb+HjFlNfMwwYx4tsJCSgElZHiDDHENmJ9GCHJ1jRhoTDbh6i8qqmiGGklSlkHLKS0LO57RS6q3Eq81qmdk9u0MWXC6y5BOWr+iPeWKie47LrzxY1O/ip6HDm8mb12lRZFPGDBv/xftil6U/zbbmffcmtvCirw8zorfNmPIG0d2oPBC7G+E142xCbCEIAsBGPFNGSzIwSQ1DMqPlv7INbjaMUCSGBPXUWbpOZzWgiHHLY7SRsl+y9xbbXsab6VWgQqJT14p73Zdz91dew4OQtMxTVAe5vFAg3Kjsbx9eDdkAE53xYvLSshO9+cCI+uozQ+21GJKqM3elkuJYrmnpxxfSL+vssATmh3bcaToDPkrobNh02zASlo+mjj9Ju9j3WQw9naJH+Oq0ml3gQg+eP7mtuMzOzc3B7Xan6cuzDMPAYrHIKjrvD6K/JTWH1jGPkVGZWnZmDFVy5ZTESHHUUzApCZ+rMCLbwtHV1QXuKybF2ShtlgLDxhVooRoKzHDb1yTeTUxjow7Y29vD6abr6GhrEO2obOzA6HiHWD4qGRkYQ4Xg7hFbj2gjPTtlgBErDjljMCSXS5mZiiOXcVu0Ys1/KCzxg0YIK8trCEk2+GL9WFIwK+ODaL9iwTcuvjVIJQMTW3+NdtskhWDKugIWiq80YBLreNA8CrvjMbVXOEwWariSfgnAJDA90IyI6wMGb16kNinvGUrG5pPpDmZ79hF6Ag687W0EduXH+HwG56pXt4Dn6qGAusT2R5w3L2Jp5xl/5AmxAhjpdaWALjNVM6+Ch1vy2IUHDGoBf4NM/zOOgz9q6LppRjbXsPrzj+BNoxF/fe/RObAIx/xLXDO1oqnhgC8Bh8tF7t6jPgdliCEe5SeA3I0VanVfANInOcu9M6CW3vbSpcXndZ1mxZuprmVJmVFnonqtYwXmH6GWgqme0gtHAAAAAElFTkSuQmCC" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAADMAAAAqCAYAAAAeeGN5AAAKrWlDQ1BJQ0MgUHJvZmlsZQAASImVlgdUU9kWhs+9N73QEiIgJfSO9Cq9hiK9ikpIIIQSYyCo2BARR2BEUREBdQAHQRQclSKjiFiwDYIF7AMyKKjjYEFUVN4FHuG9t96st97O2jnf2mvfP/89OWetDQDlPlsoTIVlAEgTZIhCvN2YUdExTPzvAAukgDQwAAibky50DQryB38bH/sANL3eMZ7W+vu+/xqy3IR0DgBQEMrx3HROGsqn0WznCEUZACBoAs3VGcJpLkWZLkINonxsmnmz3DHN8bN8d6YnLMQd5REACBQ2W8QDgPwBrTMzOTxUh0JH2VTA5QtQ9kDZiZPE5qKci7JRWtrKaT6Bsl78v+jw/k0zXqLJZvMkPPsuM0Hw4KcLU9lr/8/t+N+Rliqe+w0NNClJIp8QdGWge1abstJPwoL4JYFzzOfO9M9wktgnfI456e4xc8xle/jNsTgl3HWO2aL5Z/kZrLA5Fq0MkegnpHuGSvQTWP4SD6lLJJzI92LNcVZSWOQcZ/Ijlsxxekqo33yPu6QuEodIPCeKvCTvmJY+743DnveQkRTmM+8tSuKBm+DhKakLwiX9wgw3iaYwNUjSn5DqLamnZ4ZKns1AD9gcJ7N9g+Z1giT7AzyAJ/BHP0x0NQcWwAyYAtRVRsKa6TMN3FcK14r4vKQMpit6axKYLAHHxIhpbmpmBcD0HZz9i9/fn7lbEIMwXxOi+nbouUWq52vxSgC0oOdCkThf0zoCgHQUAM3ZHLEoc7aGmf7CAhJ6t+lAEagCTaAHjFF/1sABuKBOfUEgCAPRYDnggCSQBkRgNVgPNoM8UAB2gr2gDBwC1aAWHAcnQQs4Cy6AK+AG6AH3wCMwAIbBKzAGPoJJCILwEBWiQYqQGqQNGULmkC3kBHlC/lAIFA3FQTxIAImh9dAWqAAqhsqgSqgO+gU6A12ArkG90ANoEBqF3kFfYASmwHRYBdaBF8G2sCvsB4fBy2AevArOgnPhHXApXAUfg5vhC/AN+B48AL+CxxGAkBEGoo4YI7aIOxKIxCCJiAjZiOQjJUgV0oC0IV3IHWQAeY18xuAwNAwTY4xxwPhgwjEczCrMRkwhpgxTi2nGXMLcwQxixjDfsVSsMtYQa49lYaOwPOxqbB62BFuDbcJext7DDmM/4nA4Bk4XZ4PzwUXjknHrcIW4A7hGXAeuFzeEG8fj8Yp4Q7wjPhDPxmfg8/D78cfw5/G38cP4TwQyQY1gTvAixBAEhBxCCeEooZ1wm/CCMEmUIWoT7YmBRC5xLbGIeJjYRrxFHCZOkmRJuiRHUhgpmbSZVEpqIF0mPSa9J5PJGmQ7cjCZT84ml5JPkK+SB8mfKXIUA4o7JZYipuygHKF0UB5Q3lOpVB2qCzWGmkHdQa2jXqQ+pX6SokmZSLGkuFKbpMqlmqVuS72RJkprS7tKL5fOki6RPiV9S/q1DFFGR8Zdhi2zUaZc5oxMv8y4LE3WTDZQNk22UPao7DXZETm8nI6cpxxXLleuWu6i3BANoWnS3Gkc2hbaYdpl2jAdR9els+jJ9AL6cXo3fUxeTt5SPkJ+jXy5/Dn5AQbC0GGwGKmMIsZJRh/jywKVBa4LEhZsX9Cw4PaCCYWFCi4KCQr5Co0K9xS+KDIVPRVTFHcptig+UcIoGSgFK61WOqh0Wen1QvpCh4WchfkLTy58qAwrGyiHKK9Trla+qTyuoqrirSJU2a9yUeW1KkPVRTVZdY9qu+qoGk3NSY2vtkftvNpLpjzTlZnKLGVeYo6pK6v7qIvVK9W71Sc1dDXCNXI0GjWeaJI0bTUTNfdodmqOaalpBWit16rXeqhN1LbVTtLep92lPaGjqxOps02nRWdEV0GXpZulW6/7WI+q56y3Sq9K764+Tt9WP0X/gH6PAWxgZZBkUG5wyxA2tDbkGx4w7DXCGtkZCYyqjPqNKcauxpnG9caDJgwTf5MckxaTN4u0FsUs2rWoa9F3UyvTVNPDpo/M5Mx8zXLM2szemRuYc8zLze9aUC28LDZZtFq8tTS0TLA8aHnfimYVYLXNqtPqm7WNtci6wXrURssmzqbCpt+WbhtkW2h71Q5r52a3ye6s3Wd7a/sM+5P2fzkYO6Q4HHUYWay7OGHx4cVDjhqObMdKxwEnplOc009OA87qzmznKudnLpouXJcalxeu+q7Jrsdc37iZuoncmtwm3O3dN7h3eCAe3h75Ht2ecp7hnmWeT700vHhe9V5j3lbe67w7fLA+fj67fPpZKiwOq4415mvju8H3kh/FL9SvzO+Zv4G/yL8tAA7wDdgd8HiJ9hLBkpZAEMgK3B34JEg3aFXQr8G44KDg8uDnIWYh60O6QmmhK0KPhn4McwsrCnsUrhcuDu+MkI6IjaiLmIj0iCyOHIhaFLUh6ka0UjQ/ujUGHxMRUxMzvtRz6d6lw7FWsXmxfct0l61Zdm250vLU5edWSK9grzgVh42LjDsa95UdyK5ij8ez4ivixzjunH2cV1wX7h7uaIJjQnHCi0THxOLEEZ4jbzdvNMk5qSTpNd+dX8Z/m+yTfCh5IiUw5UjKVGpkamMaIS0u7YxATpAiuLRSdeWalb1CQ2GecGCV/aq9q8ZEfqKadCh9WXprBh0ddm6K9cRbxYOZTpnlmZ9WR6w+tUZ2jWDNzbUGa7evfZHllfXzOsw6zrrO9errN68f3OC6oXIjtDF+Y+cmzU25m4azvbNrN5M2p2z+Lcc0pzjnw5bILW25KrnZuUNbvbfW50nlifL6tzlsO/QD5gf+D93bLbbv3/49n5t/vcC0oKTgayGn8PqPZj+W/ji1I3FHd5F10cGduJ2CnX27nHfVFssWZxUP7Q7Y3byHuSd/z4e9K/ZeK7EsObSPtE+8b6DUv7R1v9b+nfu/liWV3St3K2+sUK7YXjFxgHvg9kGXgw2HVA4VHPryE/+n+5Xelc1VOlUl1bjqzOrnhyMOd/1s+3NdjVJNQc23I4IjA7UhtZfqbOrqjiofLaqH68X1o8dij/Uc9zje2mDcUNnIaCw4AU6IT7z8Je6XvpN+JztP2Z5qOK19uqKJ1pTfDDWvbR5rSWoZaI1u7T3je6azzaGt6VeTX4+cVT9bfk7+XFE7qT23fep81vnxDmHH6wu8C0OdKzofXYy6ePdS8KXuy36Xr17xunKxy7Xr/FXHq2ev2V87c932essN6xvNN61uNv1m9VtTt3V38y2bW609dj1tvYt72287375wx+POlbusuzfuLbnX2xfed78/tn/gPvf+yIPUB28fZj6cfJT9GPs4/4nMk5Knyk+rftf/vXHAeuDcoMfgzWehzx4NcYZe/ZH+x9fh3OfU5yUv1F7UjZiPnB31Gu15ufTl8Cvhq8nXeX/K/lnxRu/N6b9c/ro5FjU2/Fb0dupd4XvF90c+WH7oHA8af/ox7ePkRP4nxU+1n20/d32J/PJicvVX/NfSb/rf2r77fX88lTY1JWSL2DOjAIImnJgIwDt0TqBGA0DrAYAkNTsjzwQ0O9fPEPg7np2jZ8IagOoOAMKyAfBH1/3oqoOmtAsAQWiGuQDYwkKS/4z0RAvzWS1yCzqalExNvUdnQ7w+AN/6p6YmW6amvtWgZh8C0PFxdjafDhl0/u8xN7OMCb3qwssG/xH/AK1DBDl+dVqUAAACfmlUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPHg6eG1wbWV0YSB4bWxuczp4PSJhZG9iZTpuczptZXRhLyIgeDp4bXB0az0iWE1QIENvcmUgNS40LjAiPgogICA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPgogICAgICA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIgogICAgICAgICAgICB4bWxuczpleGlmPSJodHRwOi8vbnMuYWRvYmUuY29tL2V4aWYvMS4wLyIKICAgICAgICAgICAgeG1sbnM6dGlmZj0iaHR0cDovL25zLmFkb2JlLmNvbS90aWZmLzEuMC8iPgogICAgICAgICA8ZXhpZjpQaXhlbFlEaW1lbnNpb24+NDI8L2V4aWY6UGl4ZWxZRGltZW5zaW9uPgogICAgICAgICA8ZXhpZjpQaXhlbFhEaW1lbnNpb24+NTE8L2V4aWY6UGl4ZWxYRGltZW5zaW9uPgogICAgICAgICA8dGlmZjpDb21wcmVzc2lvbj4xPC90aWZmOkNvbXByZXNzaW9uPgogICAgICAgICA8dGlmZjpPcmllbnRhdGlvbj4xPC90aWZmOk9yaWVudGF0aW9uPgogICAgICAgICA8dGlmZjpQaG90b21ldHJpY0ludGVycHJldGF0aW9uPjI8L3RpZmY6UGhvdG9tZXRyaWNJbnRlcnByZXRhdGlvbj4KICAgICAgPC9yZGY6RGVzY3JpcHRpb24+CiAgIDwvcmRmOlJERj4KPC94OnhtcG1ldGE+CpIDE1kAAAPNSURBVGgF7VhfSFNRGP8Zbv4hjdBerDchNHCIPhT0UDd6UMLWgxLoIA0ae9JeeughCF9kFIgRMR9kRY4CJaY+2EP64FM+TGxCk1iYyYSEttjIbd7B6dx73d127912N693Jh643HO+851zvt/3O9/5V0ZowjFJp44JDh7GCZijyuYJMyfM6OCBYzXNynVwmGyIRGQb3q9bQHU9LrU0olKmUaSA2zT1TGGvk9ukU5/FQXY0MgAa9aOuG9ZPrGDIjD9MCBskM8NmHpTLF1XXPo+WvmBIlATDrGgS6xdYWtCIGp1jphJna5LxkMCniQGY7J9x41xSdsC/6CYdMzueKWIx7ccNYyc+Ouu0SDpPM8FkNhokAb+HjFlNfMwwYx4tsJCSgElZHiDDHENmJ9GCHJ1jRhoTDbh6i8qqmiGGklSlkHLKS0LO57RS6q3Eq81qmdk9u0MWXC6y5BOWr+iPeWKie47LrzxY1O/ip6HDm8mb12lRZFPGDBv/xftil6U/zbbmffcmtvCirw8zorfNmPIG0d2oPBC7G+E142xCbCEIAsBGPFNGSzIwSQ1DMqPlv7INbjaMUCSGBPXUWbpOZzWgiHHLY7SRsl+y9xbbXsab6VWgQqJT14p73Zdz91dew4OQtMxTVAe5vFAg3Kjsbx9eDdkAE53xYvLSshO9+cCI+uozQ+21GJKqM3elkuJYrmnpxxfSL+vssATmh3bcaToDPkrobNh02zASlo+mjj9Ju9j3WQw9naJH+Oq0ml3gQg+eP7mtuMzOzc3B7Xan6cuzDMPAYrHIKjrvD6K/JTWH1jGPkVGZWnZmDFVy5ZTESHHUUzApCZ+rMCLbwtHV1QXuKybF2ShtlgLDxhVooRoKzHDb1yTeTUxjow7Y29vD6abr6GhrEO2obOzA6HiHWD4qGRkYQ4Xg7hFbj2gjPTtlgBErDjljMCSXS5mZiiOXcVu0Ys1/KCzxg0YIK8trCEk2+GL9WFIwK+ODaL9iwTcuvjVIJQMTW3+NdtskhWDKugIWiq80YBLreNA8CrvjMbVXOEwWariSfgnAJDA90IyI6wMGb16kNinvGUrG5pPpDmZ79hF6Ag687W0EduXH+HwG56pXt4Dn6qGAusT2R5w3L2Jp5xl/5AmxAhjpdaWALjNVM6+Ch1vy2IUHDGoBf4NM/zOOgz9q6LppRjbXsPrzj+BNoxF/fe/RObAIx/xLXDO1oqnhgC8Bh8tF7t6jPgdliCEe5SeA3I0VanVfANInOcu9M6CW3vbSpcXndZ1mxZuprmVJmVFnonqtYwXmH6GWgqme0gtHAAAAAElFTkSuQmCC" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R4e89976d739e4a10"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Re5743365893b46c9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="485775" cy="400050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  Student work might include but is not limited to,</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1029,27 +1029,27 @@
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="5B9BD5" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:start="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rb303802d96bd4c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R0c7646e3f0dc40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rada093f0307e4f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rbb571b8b27524543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R5cad87d47025416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="R4e89976d739e4a10" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R384942e48e83417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R50e5c6159871438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="R0708e9bd6f87422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R73e235cfde014b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R1ce6887966cf4ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="Re5743365893b46c9" /></Relationships>
 </file>