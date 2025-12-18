--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -1,37 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R69e99be7cf9e41e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rad3ccaec651a41e3" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Continuum of Activities</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Continuum of Activities</w:t>
       </w:r>
@@ -447,51 +447,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6248400" cy="2324100"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAApAAAAD0CAIAAACjLYFiAAAgAElEQVR4nO2dzaHjIAyEXVcKSj2pJqftJMW8PSSxERoJ4X8r8532xQaEQAxgrxn+CCGEEHJ6hqMNIIQQQkibSbAHQgghhJwJU7D3mycQQraE4UxIAijYhOSH4UxIAijYhOSH4UxIAijYhOSH4UxIAhII9vM+DMNwf9IMQgyuE85xGHF/dILJbo7ZtwVmCPbrcZNvrd0ery1N1AVL5+zpMFX3qdi1zIjn4xhDiKAjnC/Ti7YL/FOpoG/MsaaeylESCvaXFQR7Vh3fifSYsr7D7BxV3afqzzRDJVsg2GeNHXI4HeE8K6KPYCfB1sXsO0T7xlCwDSjYX94Rviim59TxeR+G4fZ4Pm6bh09LsL91/0wh3jeuJdhxkDHXGGrJ3kTDWXTpk7PTSHm0YPvGnFgyj4WC/QULdrH+ra5WK+NqRv+5s/wV1v2j1y+zyz7GHIRpsjhrB3v6C5uH624LtuUNWU1YVlU/a1/BMEZWCNRCXoj7n1yaYZZgG73oeR+G4f4sp4id/S2ew+fOF4huP/CLO1SQy7+0MeM1HaHW+FCajx2lLewwDxsTckLbh7IhjLr8obEIj5toEMJ60ar7X2MArywva/gQWTrjW6ST1zWwC9qaYYUt8alX6YpXvxs93lb7L6Ne6xmNKtpqbHFpiWA3MzS8UVfz2RJs7b1mQxg+eScF5gf9T67N0LUlDvV6wEENOlCzv8Vz8KIbXPLm19/b1fzaMiYu2NoS63cw7MfM8wXbc0Lch7ghcEFysAIDiJVPV92jndMoEY+jaNakLzuOdfy5OcNywa77x+d60dmmihrPe5sbcYVeq81fuLQEpQvD4jO8aN2NRNobjSfwKlSV9yxjUGMAA8oOLzsnl9ZpmR/O4q4ydox5XaS/xXNwolv+IRJVWVXD+TQvt6oDdsu8LXH5d5F1y8IO8/xn2K4T2j40h7HJDjwWVYJtbtWX9emoe3sAV5ZDWQiObyB/5FhXf7ZmWGtLHC73rMfdVgwMdeToq4O6r8qsXiwbnXGJYMOBxtnHGap4K813BLv1skB1XXQqbIC9Jvf9T65ObziX11R/AfHR2d/COdjRHQvasXavx+27czyuk2OK3BRsNHGuVup+pTvM8+b3phPCPrTrYvSSKXk1gNg+6ah7xwDu19Id30Idzyn5koINps89K2yZT+P5eO155Nly/lc/ZkLTpHUF2/IGqubiFTYSbMsA2TfNmRElOx194fzG7Ma4z/b0t3AOTnTHgvZTvfv9Ngz3z7by+y8n5aIVdu1B18Je81YQbMeHTl38Fba+LSBj7bq3B3BUtFMRPb51dbw8K2wgqWJjoYrZxnSsGj2AR7QswwycS97/ibKnYx2CrbOG1VRlga0c1xhUB88AYHxsV5RcmGGuYKMIMcbKcH+L5xCI7tYsu3rVavrTWSIBjSxLNmJW2xiwsNM8d7jwBTvgQ3xz+xn2AwwgVj4z6j7bcmOjRz/90Gk8x5oF7cCw/lvi1QQRvp9XtY3wQGNDp/xxkrzyvQcg7aClRHep/rMY6Dpe3bWZ2BuwmnVZsrre29tKsNUSRjVHnQT1wL26HtmRYdaWuNGLzBl0tL915KAkwVrYmgudrw3wBSec0opB+xdXz1wLO83zhwt3hd32oVcXOBZ9k+MBxF9vROpeZ9J4Z0jMAD66oPKwpzNOJ69KswranuH6nyYlUcT2T/MROUnEIeG8Rn/bd8MxJ/RhHijYv4O9hU6yc0Q4r9LfKDbLoQ/zQMH+KapNKsbwr3BQOC/vbxSb5dCHeaBgE5IfhjMhCaBgE5IfhjMhCaBgE5IfhjMhCaBgE5IfhjMhCaBgE5IfhjMhCaBgE5KfWeHMt4sP5Jedv3/dL+NtCjYh+aFgX43TitYOhq1VRDyfy3R1CjYh+bm6YJ/IlAU4tTC+rk7BXpKMgk0IuSAU7DNwbsE+D2sJ9i5J94WCTUh+7HD+HF1QnZw0XSoPjagufQ99QMc5Tbei82vKe/07/9QnTuvzZHUCmLI4fsc+gsnxA77kmFG56J9RC6uCjvNNBxpVB1Y5zf0sbisOxoC3RauPzAxaEuxXng/BYSTN81HgQUruhfGSd2DTYgYKNiHpscPZOSuwebhh+aO62ZRx4+BFc1yEY7F3PC6sGTh9PnpmonPJMaNy0TzBHlAaw4F/VobBuijB9krHp7H5BTWPZA5ZgvvVsyXY/tFhPa1vdkC/G6/DQMEmJD12OCMNk2OcGJvFKGYMR+WtIg9Q4Gs82FbfaVqpypfGiXucczOBYDt+QJc8M4CL+rfEkfMtB1ZJPaua1Ww2fbD6MAe7LaCRI36/8h8rSFOfdyjY0BjPgNIl8ozQrXbXKdiE5Ccq2GDUDsjb398fWHLoFcrt8cJneKlVE9w/rfdhG6cjgwzjNbL9UPzpmgFMmv8Mu/jLcWDAOcFqhhzVUVDbGWbaYL/yfdg629UxxjDAMsvtxssZKNiEpMcOZzSwwgHQF+xykQGFaczZUS1gA7RS3eMva6ab63WWWaOmH8oJADZjK8H2cmk7J1jNWNP3FtRcYWtL4v1q9RV20cTAACnYQJlRN14OBZuQ/LQEW4DHx4BgS6aVjcxa34pW3uYDz+Yj3g8ow3nPXJdcAhqFjJ2xGeBUfbnBwaaf13l6Ol5Hv/J9WGUU9phnAFBjvxsvZ6BgE5IeO5w/g9r0fmy9jI1uiU8j2+1+H5+rivEO7Rqi4dZ+fGhmYi5xqlTlS8nP8vFv2w/okmMGWg6CWliXfMHz5adtVau5400fq769wm52vI5+5fvQe3v7eR+GoXynHc5FSwOUNKPZ1PpPsgcKNiHpscO5ucH6I/RsV1+Y89TlPJbMQeyUNx+RrwcFm5D8ULBbULB/1pIZwDf/9qgLBZuQ/FCwW1Cwf9aSeVRPJXaqCAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPzsEs57/0ed73+s8T9YsalVV/+/SeRiULAJyU9CwS6+GPnzgn0SM8jmULAJyU8+wQ4fhoStmmerdx7UkZzEjCgXM/dMULAJyU9WwQ4U9guCfTHotdlQsAnJjxPO8hOL8nDj7/lF6HBG64So4vwldXhToBR1bpI8kROcRTzcn30Hi1XJqyMcREl/jVRelVvusm6AHpgMqM7JKs6uKo6oqhvOqppVlnWpcZxVvBauW4jJQMEmJD12OKvzftE5wPr8SzTa9hzD3FFKxf1ZDfqTkCwRbOeobCdVT5Xb7mrkKRXbOg1Tu3S1U8BRFr21oGAvYqBgE5KeUDgLQVDPiNHhwnIV+hmjxXHBet/TL0Vm8h31wc3eecsNwUa/VoYY1htb4qjKTXeZN9h5ln+YdTQaDlfNabJYQ8yoBbfEF0DBJiQ/Tjir9RcSHONAQbk+8jQ0WEr1izxnWPy1rmCrA42DT77Ncpvusm9w6jIJn30TbjijalG/WQ0xqxYU7PkMFGxC0mOG8/M+1LughpS2R9mGiIRKWSTYqIR5K2yxPrRTdehmw1shN05/3uGvXsPhqi0V7Hm1oGDPhoJNSH58wZb4UqqWUvUNtnp1lNIr2M3HtFh6i1o4T3ObqRzBa7pL3+CLW5Gq/jHecHhqM0ewZ9XCcCOfZ7cZKNiEpMcJ52n0vN3v05NWqHPV6BwW7I5S5gl2Kdm3x7N8Ymws56b7q3UqrpuRKiyuOEt4Q2M1+k2jH/xHG87c+Z8j2LNqgd1IwW4zULAJSQ/DmZAEULAJyQ/DmZAEULAJyQ/DmZAEULAJyQ/DmZAEeIJNCCGEkPNgCvbWkwVCyD4wnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPz0h/PrceOnp0Yu541dDUYfX4vaE0gb53LN1E1iwd658fL3lc3I2lLP+2lOOHDCufqwZPl17sVeet6TfHDyctG9o8Gvx63dzQ17Qmn7TLlUM3WTQbDPMeLk7yubQcHenIZgy89pj+dDzvCSTEbBPoodDX7eAyUZ9oTSxvO9XDN1k0Wwjx9x8veVJnNdQMHenKhgv49luD9XCp80XK5a+xkcKwnftdxKCja+sA3j2niRk88x4uTvK00u4joKtkCHz+3xUl5SJyKOd087W/KMy9vj5WSi/VKfkPlO994zrY6nFreCg6wGNSDUv9bZVhNz1UXePzyLE8EanjGqg62pWkPl1nQC9mZpMPaSV8T7F3mulhqwxe4mGHXHzgWCTqW1WhZWX7l46m+w1i3HX4ThOMGuevT8IfQcI87lQto2TOT5QjXSOWPXxYbaysnmCGsNBM1hZWFLIYMs3045vOt+krFh6NgSn5SyOE5RnKVY9NTaxfaKZ5xJv3MBozfKtjrJsc6n2lFT+Ysfi4xVtkKxdcU+zV3KyrdQ5BmrOo25opVbwwlWO0hzxjjtKeL7y6dbF38ZzuoQbJjWbFk3mEUOuNYrPys9iuEwwa7lar4PzzHiXDGkYVaRGuGcveBRJhkPL7wR1hoIIsNKrF7BTuLKgFwrXEOwQRSaHXF67Ph63JSHzfDxO7YSabPnqh8+XQHmX/842o4l2W/xKiPdtNIzqDrIYxbF492mE/SjYB0voFiviOoXWeHyr9UE22pZt+u0Skdrt+VPzo8ji2AfPuJcL6StrFo1snN2gycWkNER1hgI7GGlXS/LIbpFLCNDGR9DdIU9oR2LQnWM4ubw3XCGt8KGnUYY+tnUVvmrQQbN5mtb29P40grsGXvCpzym3KBzg6EE62UZXHgnWMT+gm217CLBHjPw3XUZjhPs2ovzPXiOEedyIW37xK+RnXNDsCMBGR1htxHsYCexjCxXhk75RzAsEWy1M+J0lbnzXfRAEyZbtML2L7xzqlsR3f/1iOkZqzquAWZubSe08hfSFSoiyQq7mcHFGNK9dDay84hztZDu8YmqEc55gxW2lXhFwW62lEpoGZl1hV3WS+83yDukF1VK64mSuQGEhcR6BOY/w3az/WaGw/E9R1OTbcsz7T3X1jJe+LnlhHb+SLoCRfQLdr0QGeKC7basJ9i4v/1Vo8RZQnEZxwr2OpxixLlcSMd8gnYEzJzd4FHXzbcNcOahgSAs2B0tBVzmycAln2G3JO1TmWEYbo/n+Ki/nHPKNvj+AgZQa4o6FSGum0thXbCRP8zY0IB3BoY3xjcoh6qXa89Y1bEM17aK3KC1hsOKq0i64kXMFOyyksV7lxHBthzkLz4a/a0003bXZRh+QrD3GHEuF9KmYdKBD10jO2fHdcqBZkC2MncGgrBgd7QUbpGIke+CVPlHMJw7nOsZ0FF7E740dGVzhuqQdAwJBPuKXCGkVxq9yAk4eTgbTykONmOtfPJsyJKjoWAfwxVCmoKdh9OH8xl2LFfs8GeoDkkIBfsozh/SFOw8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwvR/lNgwD1d3/Wfl106/w7MDzzEy/JUrA1Z/w/0YQsYeNwLj5Dlw75gfn30LB9fbs/urOFoJbVtPLfvelNz1CwfxQKNskGBftv7oiOhoPu+nYX3f50sVNCasHu+Ox8QijYmpmC/RP9hVyTHw7nifUEe/Oi+039lS1xu+yfGIAp2BoKNsmGG87lN3zEh9Xfn0MvL9TrKXC2pfhUOzx6ofxRF4F/xwf7xS2X3ynqiVM0HDTqK83yiwaeaR3kV1yXH7cPC2rQw1aeTlldDY3bb65n3pY8iwMB0BkQpV+qj1dVhwtZ7rf973b7dTZth+sLdt0b+geOv9gJM2XkVqeAzB8OCNkBO5zFV3GLHv/u0uXG5/35Vyn2eHs9goNxUR6PUoioKkL+/om04i94sFvb8jVX2G59UTFG0ZZn/HXkeCGyZQ3p8HDvvzsa2jNznmeKUX3KwPJYdf5f0Hme/51uv9ZyLolgG+3UM3CAUxEtwRb5jOdscoVNTosZznWvHZ8Q6s6vfp/+6Q546gd0OLNdtHUCW7flCwS7no036xt7g9n0TNTU4nlut2C3Pdwr2L0NjRy1wDOgQ+hlrdEb3qu78Z/RbmL43zJnBXlIItioncIDh9nQhmA7s2UKNjklrmBXWLJXC6UxVNtjbVkmHsd7jkxdYHkXkRW2uc/tL7BMz7imyhnEiQS7u6GBoxZ4xhZs7DFjhe1YNeXr+19mou9dwC8JttUJitmVvM/oZ5Hztwk5E+EVtnVBD+Nl2Ky1wu4V7D7L9xNsddtqK2y1S3giwe5uaNsRK6ywv54yPdZ6VcCeirX8b6ZeTj7BHj3KFTYhH+xwliOQ/N0aZJ/34Xa/F9NcXy3UINdYCnfISZflMkF063M1wQa2Wp6JzUZEDUyT0P+72kawuxvasGeeZz5LWrV+tjzW3qK2BLvpf1SFlUgi2Gifo2/gQM+w636CnnnLZ9irtw8ha+CGc7V5B5ejelAv/24KWLmaGS8uFOwZln/NuD1e2wk2rKsouumZ1izge/tzegPqDIJtVcfZqnR2i3s9897ymVLJqZn2GO49Lasi/gf3SovmM+QQ7NvjodopPnCI398vnNcRLt4el/nUwxjfEien4zrhTNZlnXed8lGvr4wHnWcjjWCzSxJicp1wJmvyKhaUpMR6knpyKNiE5Oc64UzIPqy/X70DFGxC8nOdcCaEmCQQbEJIA4YzIQmgYBOSH4YzIQmgYBOSH4YzIQmgYBOSH4YzIQmgYBOSH4YzIQmgYBOSn3A4n+37EXPs2fIDRsn+T0rEvSes8tl66X78rGB3fSv/zJyk765lxoptUX/+Gg3iabpBg37BRl+0PID+flV+qHB9knUSCvaU4cnqiMkg2M+7NZ/+XCm/J9r6HO5lWu7LyQW715/bCLYYxCPdIBs/JNjbfoszWSfB7pWVPGGVKdjfP60LZ+Z5H4bbDX84/Ha7UbCPNOMcgi0GcQq2w0m600i3PRu3YrJOQsG+GMcK9niExqL+8G49eNr1+1CQ1lmnJ+yRcU7Sd0+9Je6f8JOiGzRwwxmecCO8UX7Fcbz6PiZHBbD44iM4MUkez4M+DGmduFMBCmodcdwu0Tx4Sxxg9Rzz0YVUU9TCj12li7On3Mhykr+Qnb575Qc7v8eaGVUGNbKrXwG9MdtsXZToyUZfhWkdG45nOE6wq0+5zh8qPy1TNeJnF7T8dcZpcXD0MVvUisjRzFhYutnIrKwR1umv4mA7O8INJ/QOrL2RYJ/WN3cwUoN4qOmbbXAt7HAuTz34VLruTmDQLe8s85BnKDzvwOWgXKVq6Kxb2+yioKZC4BLhWZTi/u8pum+Tyv04GOj6ZMlZpbdHxVhyOXdtulevsFtZFUlw9UEJZuvPNNsbAFFftdIGmvg4hsMEu9LrBYpdHq8qOu/3x7mCbQ0KRot6K7R4WFpdGd5gjLDKrPLU9kH+JS1pDMHzBtaeSKjuX2cw0gNQo+m9prwkZjjXNUW9+fVQJ0cbyZTfit/lBZDBqGvQHt/sQBRaJUqmX3FGOsrce4Re95Q+qwvayfvca8eLn9U0p2nEUSRtt9neANhKbE7cz3Y+aSbBLj09enmBYJuDgtOrQrXwwrIZ2JER1vld9tbqvazAENw5sHZHgjlOLRmMZgn2mcJ0Ma5g17smoNuM0er3FvhcqphNyTnUAAYA0x6JXZAr2KjEv2onvZzNtrSsddN0d2/pccEOJS+HrrZ7W4I9ZoVrZM5SRAEw7RKztxPsEy2xjxPsutHmD496YJbKPVewzUHBbtF6XKusDISlE9jSCFX6doKN7AkOrN2RoK1dYTDqFuw/tykviBnO0flfdXd19bu3YS986xw61l4brbBr28d8OlfYsIO8fy96ZG/pQcGOJjfWGksF2zJQVd8twL7QZXZQsKXLQFoKtgl4lDozF7GT+yg6yj4r7KpFsQyHwrIZpzutsM0huGWGc1+nYK83GM0RbKOeF8UO59LLn0lKULDlGrFYSIqnSFUeMgdDioOPWmBBdoMZJdZdQP4xjSPuElDxHdrGi3NKr+rhubORXD4ga7lX2hrJqll9twRcn26zq15Q9mTUV61yKdgbIzz66Sni75mCbQ4K8wQ7GJZeGKgbRN91+mtQsNtDcMAMfdsCwV5nMKJgu+E87WMUq6Ki4uU+h2ibR5EQ5IZ3fcEmRpUHtMczu87UbDBc4vTr7fEs3psQReB5rT2av5Oq3YVw6THBjiYv7Yy493sP2AypR1TUgrD6FTDtSmYPg3obF/ZVYQwFeye0Bjndq0ew/4xBwWhRPID8TWliYemFgbJK9l2nvwZX2LBbLxlYFwj2eoNRt2C7TXlF1g7nJPOYDVnfQ89Tvf3U4EQd5ESmLCeDYJM1SNWtSQUFe2dWd9BLLP3Pzpn6x5lsWQwFm7xJ1a1JBQV7X37cP6eq/qmMWQoFm7xJ1a1JBcOZkARQsAnJD8OZkARQsAnJD8OZkARQsAnJD8OZkARQsAnJD8OZkARQsAnJjx3OK75siL5g1Po012Xfc7y08euyxBV0Yx8UbELys7dgi+/olN8yomBflOrrSeVXlCjY+0HBJiQ/ewu2+CpXEsG2v5d3Lja2DH9NmYK9DxTsigwdyNiNnEfKaNzOsJNWeWfBtjOlYG8OBTsxGQR71a+zX78DOcclzM0uXTRSsEfsj+dLcXp/m119Zx58vl6ciVpvmZqCXW65qu4LrZK/i7346gggsZ0rz88SP9o2yA3h6UiMJ/KJWxXTcstO68v5sFGwnaVDqrMW+vurJdjzXFGnbXVFvTdfHEfjleR0bKe3uCexDQccNDAkE2yn/8W65kkH3A4WnxGw3kpiJ2euMegcZ8su2OFcKehoe72PLY/eKgRulePRPLe5VqHjL8EAL9+Fww9eW02nK9XyiZWlbbm20xVsZIBrZ+XCOd0VO26RK2Qn+tYONrpxkGqjHrGOHbLZymonjhXs1c/DpmCvUAEK9q627EJMsAXuAeS3x0snXXAA+etxi40Ck1XYcPWr+uFjpS6xZYMbF45PVJbQcstOV7CBAe34Dc6TYm5Y6AqnDxUYdSv2EsP958/r2EGbYVY7caBgV1sb8yte9mwjP3jJ3CQpZ3P61FprD6vqZvbWk5UoumnTKLS+Zu6zqb0g6KiT73fBloVVjhjWtUXW1X8OZggKtuhAjmCPAVc7ZP4B5KObveNkC6vwkzBT98QdVSDpXfLWSbGuTyrUyGaJErYzLthN59c/zZpdRgQ77ApHsHFXNFbYf422i3XsePN5VdqU4TDBVq6ZXfNZK2xvk+T2eDmbb1M+fn/HW0/Wlkt406YVZGAUNPbZLJejcbSMl7PtdwWrHDRsADOIzvZS/ed47HCuZ5Kl5wKCvdIKG9oz/YCsWrjCdu4IZR30CWKrFXZUsL831xOuGF2C3YwApLrf/Q/UFdGSpGFevGMHbDaz2omfFew6B9mEDxHUYGCaxNc2uxoK4ZwWt3irS3m+Egmio4CdA4jGeEXsER1WVpke3O+KVTliWDOAg+31QBU9krBgi4liQ7DF6CXmQGsLtmkVfBKs5URO4KwFp/OLzijiEwvTcmhnNY0dIoJt2lncLSSvFWPS+JBgx12hZ+xWo7cV0hLsSMcO2GxmtRPHCXat2PMrPlOw7U2Sevqm5hbgdneyNxXtZBXctAkXWrtmvLpUsE+33xWrcsQwPD3qbS/b0sMYYlvik/W3x3PaQzC1ofRCuWLrFuzSmVDDgVUyGXzjSt8Gm+/9m2uDSHN7vDyfVJ2mtUU7XbcsKJ3cXmG7dsosqzFuZcGOuOLdZ8oK/tUpZaPjHFttF+vYIZvt3rgHw4++dNbcJIHbnCbWHWrrybqxaU+40O1X2Cfb71phhT0a1FxhqxR1FVD/OQG7hDO5DqH4PR31+he/x5CZYwV7HdSMDjehuBTYJCnub+7tmN0fbz3578o0Nm0ahWq5RftsLcFecetv6/0uZLC7BWobFt8i6+s/x3OhcCY7cE29Nifav0M2wZbbQeDG8VJkk0Q/PRLLv/Yemt56MrKKb9pENn/aCfyAXWvrb6f9LtXozQSWYR1bZJ3952CG64Qz2Z6L6vVf7HFDZoYEgn1qrhsau8P9ru1gOBOSAAr2tlCv43C/azsYzoQkgIK9KdTrLn59v2s7GM6EJICCTUh+GM6EJICCTUh+GM6EJICCTUh+GM6EJICCTUh+ThDOO7/PsVtxu/1nhpP/r4mTm6e55AtGFGxC8nOCcKZgX6WgeVgHBZxWFCnYp+Dk3ZqQA1gxnOeOcxTsYwrayxFtwd6tSWIFUbBPAQWbkBoK9mZQsN+0zaNgL4eCTUh+7HB+f6W1/NCq/HSN+D/x8j/Kf79cO37kFX6z1vjsq85c3yM+XF8aeX82Tw56Z/VE9Sq+XNswCBopciiOzwo6Nu4xqyDna8HVIWC6vXygZ5Dzo34YTfUtaZ1dFjIGeBJ8qxgfa/S8T3lZjX4KBgo2Iemxw/kzPJWDlT7cpT7rpDpdRgzA+vAVLTNW5u5JM9XoW/xlnqeG62WdFVBl4xlZDe6WYJuODXsMFRQ6j+d7zHZ8IWl4BpyUo49EsvwgCjcsgWb3GmOX6mZ1e7xA/oGzH48ih2BbEz0wb5VtIKP9k7Q5iSPkYviCXQ5KRRBUP0MBUGMaPHymOrrUzNyTIhWn8K9WvSSyVn5FvveGMnYMCHvMLMjwkqOH/apjn/Db5YeAYAfsaxsTzlJl9RBm293+JCQQbG8eCuatciPkdr/fyu2kaR+pMYkj5ELMEuyKmGCreHnPf/UaFWW+i2CLU9fVZoGY2iMjv/VplB8XbMtjZkGGl4KOcMCeceYHTT8EBNvyX5cxfpXtrOolmd3tT8L1Bbs7LqYLr8ft/nzeiwA14uFcbUZIL2HB/k5z7WF+gxW2lXhFwS7rJabxyo5vQsvImSvsseCzrrBNzwSLW3WF3WtMo1Q3K7hNflZyCDaa6Jkz/QrDqasAAA5cSURBVHLK/7lRThhDfYKQC+ELttxPmha79rNZ6zUxdV1mCJ8UllRPlYdlgg3qpawwBds00trSixnQ6TFYkOMl/Ay7cldzsiQ8482iup9hG/Jam91tjJ1jIKvifrNnnoQcgt258/TR5m+Xft4/j6yLzkfBJplorbAfxVsg4lKBfLw0TG+Jq/G/3IK01letzMX7KDMFe3wZuyxgKvj2eI7vI0GTQ0bWK4aWY+Mecwqy3tpxX7e+PV6OYFue8cbDph9A2rqKhtn9xqAMp5lXIys9B9J+PAPD5QXbnOhZ89bPpfu92Au/3e83K6Io2OTy2OF8+k3Aq3JOx/IB37VJINh/kXkoeAO0nsxZu3wUbHJ5KNi7c0bHvor/4USuSA7BJoR4ULB3h44l60PBJiQ/DGdCEkDBJiQ/DGdCEkDBJiQ/DGdCEkDBJiQ/DGdCEkDBJiQ/DGdCEkDBJiQ/DOd5r21bX/pYmyWvlO/zOvp2pXTl/Ov/yZaCTUh+GM5zJMf6iNn6ULAp2CEo2ITkh+E8R3K2/CyYtIaCTcEOQcEmJD8M5xmSs6kSUrBn5UzBpmCvwNm+anQ2e0oOsW1GnF99HBT4Xzp7f9B3Outg/KSvOj1H/Y6SqxMmdCXtG8qjF+pT+IzSP5f0Mdayxd+FPIuTIOBJJJ9E4gxleVSBzBzY4Fmh8inOUHlWbgxk5dcLOk0db9FyvVtKV/XNRiwPNVNlWyedgObQp8SoM2Nwj70Kw8UFu+56cxvBOcMmasYGw+5sqyjYFRTs0PGan6Gx+KsYl9HJRuAQyfvzD5y1g85n0jdY5yLGSjeKkjUV4qtPCaoPY6xO7pLndU3JtR66h3PhzLUbQ1k59YJOqw6mMs7B6vJeqPpeI9oHicXPdlKHND7vt/v9Vh4s8b0DufoaXF2wRxYOfBTs3fh1wV5vL7QDX7A7T64sn+3qk3Lef1VrZl1FdEN9J36GbJf+GY0Nf4LcvysuXKi4oooyz/GN1cLtBt8koayMekmcWpVqaHdFq5SZ1VeN+LBPSQ0Vqy+8Hrf781mcyYiOar3a8WXHCjbeepvFsRJ1NoE8mz0lFOxrCrbYI3YEu96cbC4xxRBb75WJvdJW6eNvcJvNEWxcqEigetBXAfCkAdfCtMZwYygrW7Cx04wVtuc6p5Se6tuN6BZbb6p/n9rA5ijb5XPj10y0a361JfZwnGBXDbtw1ILDgiiieDaloxC0ot2J9NV38vgjqBd4jgJmLxGrmo+FsAXN5DMey8WSWINElS1+/IbubucgH31pI8xnXUvbFHlp4vZY9vCyg2GhYKsNyKZgf/9dj7gF6gZP2yOl2/UCv3wztfNYaYWNCQt2MyunXtBp6Om8l6FbSrz6zUY0d8S7VtijNj/v7+vPu9vJKNhB1ERsmWLj+ETPnKaOUbRVmVwk/DY7zvZ79V2ZMiL8R1DifvfBoW/Vq/VYyI95L3nnY7l4ErNS8h5kGCjY9TB49FWmm9qr51lXqE2dcUCP1HMfXnawhmCLRgsI9qgM5niobpAxC230SrfrNaYE60yjUNhSom5Tcm/kMZA3WW6MZGXUy3Jaew/YWfxg74WqH2hElNIKZKs5Ppfu92Iv/Ha/36xgkq5euGzcnryC7UzB3s17MwLGHx3xVd0JVMyUvwdHybhVMnetIxHfth4NwoqYd4Tq3s5W/qrrYuVgTcxRylfXs65gm9rjYmtp5Zcyk6WCXcbr7fGc5lPueuUtyI7egBuqcUEO1Y3S5eoRzSnHTSB7M2NA4efk7sibu44dc7s9Xp4bm1mZ9TKcZuTouc4ppaP6kUZEy+yy0DE8PYvfBUkHxuZGFGybqlEXusrT5+kO2YbF/UVyf48EXzU6gZqU4GlpRLAtqyLP9kYzdAbBR4NmRSwPxOruZIsNU3Wxcigb23Df95ZX37OuYJva3agl2H4pMxkOeYe0OctcvnVAOqlXsRfbEv51hrQvnTkK/r70qHdRVl1h+4+gVlphq20hd6sQa2ooeXtgjScJuNo0TGXi5eCvsEdt7nzWFWzTFQR7TSU7RLCp1yek8nmt3+TcHCvYK6JjX436xUro/bvxdFQkjD/DNrdZQDj0CzYsV13vF+xg8mZcx5OYlQoYpu/wSvGeYX9/n/msq9mmvmCv8/CygyPCmXp9TiLb9eSkJBbsP/iQw5BxMG7a/Vlf7X0ENUOwsVXtx0Luo6nIUyV9L/JLPAma4qtssWG4LpZh1qOv2r7OZ13BejlbjWs9vOxguFg4E0IAQxbBJoSYMJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8bBHO5cvuF2HT/0i2z/9SW1jKDkZuV0Rvzgk/CkPBJiQ/TjiDUS0y0OH/KHdyKNgU7GtDwSYkP+sL9tyvm280nMeyvaRgu5/GW5bZJlCwNySBYLMLEtJgdcGeHRIU7GX5UrB/erSkYB9bBLsg2YO5gv3e+J6+ufb+VZzMor5NV308rjglXX67zfvQGy73ryq8/Hqh9yP4el11KlTnZ1Rl6o/V71tOfoB6nRx/SLF0RfXBPde/bhFVZ/BthsaUjfC8q4KrhO+y4HcDre9NwjZttdGuDBTsQ4ugYJM9cMK5KdjwkG+97Ku+CTt9Ed07FMb9lDoo92Wc4O7ZU1yqPtlrpIZIsbjsAeof7SlnWV+HQ8c65y1YDnOKQHMB7BlozHgLOoSzzrA0w+if89v0MCjYxxZBwSZ7sESwpaCC0Vv3YufQsbhgw3IrM7EJdbFPdGY51nGb6abXhQ9QB/fpAcVp5lINDZdZRSgvx2xWpwg+glMbp2R9oa9NjyONYHOTp87uKps8ZAfWE2x0QWXxHfBWFOxvAWI73hHsCqCR4x/BWXNRqfvzcxxrqWKGzTFj1jiPFZbiZlaWih1rrLBLJ9dGdwm2YTM2pjVqFTMKUbLZP+e26XEMOQR7akJu8lxtk4fsgBPOuuPba09DsPdYYU+dt+z1sRW2Vdd3tvUwb/K58dIHqCPV/UzjoWPR6wpehnYR7RW2SlEb803gDZZdK+y5bXocSQSbmzzX3eQhO+CFc9XzrTnn35+99NbTR7iI1LfW0+ehLdhiuSUX1WO2VSGi8DqcpBJZWjAmv/gB6nq+rjYZSse2hwcs2Gh9ZNypbTZbWQxuVsrY8kZKQHeb+v1kQ1ILNjd5rrDJQ3agFc5l76x3jAKCbeUA11DfOydNGEOgvSU+BYw4wV1nW4Wia3URAP5A/M5UPpNqSmnQGCcSy6r1lgJqMD7Fq61HjsWZWv3FKwJ2Bpy9YYzIwWipstxy9DQtntemFOzZcJOnvHC9TR6yA9cJ532JbYn9LPVClqPFh8P6SRLB5ibP4k0e75EAuTrXCedd0TNxRkCJtVL5cQ7sJ0kEm5s8izd5KNiZuU4474m1IUZGItvsZD8SCHYf3OQhP0jWcCbkp/hJweYmD/kxsoYzIT/Fzwk2N3nID5I3nAn5IX5QsAn5ORjOhCSAgk1IfhjOhCSAgk1Ifs4azmd7T/ts9pQcYttRL+WeuSGabOg0CjYh+dkmnJd/7mmjcXm2YWfWiZMI9j7f+DpzQzShYBNCFuCE84KhkYK9J1cS7Bm2yiRnbogmFGxCyAK2EezlnG1cPps9JScR7BAUbAo2IWQmRjjL/+KIjs0ovgMovshnHdHh/mdJfcM7h+mk+SJdaYb4Tl99mvuYqzncQ8OKH42E0IJm8vGTiOhMDvzt4VgS9AkJkC00DN7dzqE4jkUYXH6osW6OeKeSecokvR3Dy6/8krTr6tD3m1V9I05bjYGCTUh6nHDWKxv5jfr6eKJiNFKfyJ++mqtXR/AG/ZX+4lAuMHyK+z9jZPEX+uKvVS78InBVlLXG85Lr487cTxnHk5iVkvcgw0DBrofB4QUiIa6v0TOcTmXl298xSqyKN1xdGOZ+v7lhFXTaalCwCclPVLDVEFgMws/7MNxuxtnMzS1MfIMeGdXJPeXv1QW5ksF6EdhbBafn/XV8XB8nx7XWRw/FkziVwicaTb/qulg5gN8bgg2ar6NTWRb1dgwro/ea2LDDNMwT7JhVFGxCyFyigm2fs/4HVihF0uYYhW8wRsZ6S1PsavYJtmWYfT59vcyDy6VI8j+nIpYHYnV3ssWGqbpYOZTtjd3nC3aRfaxTGY7o7Rh128ybOHwNiwv2eLvvtNWgYBOSn6hgO2Pa+9KjPsh17RU2GjCt+2evsNVWqKm48Md48vb6Pp4k4G3TMJWJl8OSFTYS7HVW2H7HKBFzlurh99orbGgVBZsQsoCGYMtdbvlUb1revX831i8iYdczbPNhIRjz+gUblquu9wt2MLlVETvzUN2Ne0zD9B1eKV3PsE3Bbncqs+D+jlGAnw/oPD3Dqk4++IJtOg23wRIo2ITkxw3n74qkGKyq/UZjYAPjl17XgIIGqKx/UoGr3U+wcosJNjZsyt06n948bj6WHN2LXBNPUt2Js8WG4bpYhpUvPOvd65BgRzqVokzS2zEiHoeutgyDb30H6iucRsEmhPTDcCY/Qr0G33B/+gAo2ITkh+FMfgS0EUHBJoRcB4Yz+Rnae+bXhYJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkwBNsQgghhJwHLNiEEEIIOS0UbEIIIeQCULAJIYSQC0DBJoQQQi4ABZsQQgi5ABRsQggh5AL8BwLwFdhJZOywAAAAAElFTkSuQmCC" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="data:image/png;base64,iVBORw0KGgoAAAANSUhEUgAAApAAAAD0CAIAAACjLYFiAAAgAElEQVR4nO2dzaHjIAyEXVcKSj2pJqftJMW8PSSxERoJ4X8r8532xQaEQAxgrxn+CCGEEHJ6hqMNIIQQQkibSbAHQgghhJwJU7D3mycQQraE4UxIAijYhOSH4UxIAijYhOSH4UxIAijYhOSH4UxIAhII9vM+DMNwf9IMQgyuE85xGHF/dILJbo7ZtwVmCPbrcZNvrd0ery1N1AVL5+zpMFX3qdi1zIjn4xhDiKAjnC/Ti7YL/FOpoG/MsaaeylESCvaXFQR7Vh3fifSYsr7D7BxV3afqzzRDJVsg2GeNHXI4HeE8K6KPYCfB1sXsO0T7xlCwDSjYX94Rviim59TxeR+G4fZ4Pm6bh09LsL91/0wh3jeuJdhxkDHXGGrJ3kTDWXTpk7PTSHm0YPvGnFgyj4WC/QULdrH+ra5WK+NqRv+5s/wV1v2j1y+zyz7GHIRpsjhrB3v6C5uH624LtuUNWU1YVlU/a1/BMEZWCNRCXoj7n1yaYZZgG73oeR+G4f4sp4id/S2ew+fOF4huP/CLO1SQy7+0MeM1HaHW+FCajx2lLewwDxsTckLbh7IhjLr8obEIj5toEMJ60ar7X2MArywva/gQWTrjW6ST1zWwC9qaYYUt8alX6YpXvxs93lb7L6Ne6xmNKtpqbHFpiWA3MzS8UVfz2RJs7b1mQxg+eScF5gf9T67N0LUlDvV6wEENOlCzv8Vz8KIbXPLm19/b1fzaMiYu2NoS63cw7MfM8wXbc0Lch7ghcEFysAIDiJVPV92jndMoEY+jaNakLzuOdfy5OcNywa77x+d60dmmihrPe5sbcYVeq81fuLQEpQvD4jO8aN2NRNobjSfwKlSV9yxjUGMAA8oOLzsnl9ZpmR/O4q4ydox5XaS/xXNwolv+IRJVWVXD+TQvt6oDdsu8LXH5d5F1y8IO8/xn2K4T2j40h7HJDjwWVYJtbtWX9emoe3sAV5ZDWQiObyB/5FhXf7ZmWGtLHC73rMfdVgwMdeToq4O6r8qsXiwbnXGJYMOBxtnHGap4K813BLv1skB1XXQqbIC9Jvf9T65ObziX11R/AfHR2d/COdjRHQvasXavx+27czyuk2OK3BRsNHGuVup+pTvM8+b3phPCPrTrYvSSKXk1gNg+6ah7xwDu19Id30Idzyn5koINps89K2yZT+P5eO155Nly/lc/ZkLTpHUF2/IGqubiFTYSbMsA2TfNmRElOx194fzG7Ma4z/b0t3AOTnTHgvZTvfv9Ngz3z7by+y8n5aIVdu1B18Je81YQbMeHTl38Fba+LSBj7bq3B3BUtFMRPb51dbw8K2wgqWJjoYrZxnSsGj2AR7QswwycS97/ibKnYx2CrbOG1VRlga0c1xhUB88AYHxsV5RcmGGuYKMIMcbKcH+L5xCI7tYsu3rVavrTWSIBjSxLNmJW2xiwsNM8d7jwBTvgQ3xz+xn2AwwgVj4z6j7bcmOjRz/90Gk8x5oF7cCw/lvi1QQRvp9XtY3wQGNDp/xxkrzyvQcg7aClRHep/rMY6Dpe3bWZ2BuwmnVZsrre29tKsNUSRjVHnQT1wL26HtmRYdaWuNGLzBl0tL915KAkwVrYmgudrw3wBSec0opB+xdXz1wLO83zhwt3hd32oVcXOBZ9k+MBxF9vROpeZ9J4Z0jMAD66oPKwpzNOJ69KswranuH6nyYlUcT2T/MROUnEIeG8Rn/bd8MxJ/RhHijYv4O9hU6yc0Q4r9LfKDbLoQ/zQMH+KapNKsbwr3BQOC/vbxSb5dCHeaBgE5IfhjMhCaBgE5IfhjMhCaBgE5IfhjMhCaBgE5IfhjMhCaBgE5IfhjMhCaBgE5KfWeHMt4sP5Jedv3/dL+NtCjYh+aFgX43TitYOhq1VRDyfy3R1CjYh+bm6YJ/IlAU4tTC+rk7BXpKMgk0IuSAU7DNwbsE+D2sJ9i5J94WCTUh+7HD+HF1QnZw0XSoPjagufQ99QMc5Tbei82vKe/07/9QnTuvzZHUCmLI4fsc+gsnxA77kmFG56J9RC6uCjvNNBxpVB1Y5zf0sbisOxoC3RauPzAxaEuxXng/BYSTN81HgQUruhfGSd2DTYgYKNiHpscPZOSuwebhh+aO62ZRx4+BFc1yEY7F3PC6sGTh9PnpmonPJMaNy0TzBHlAaw4F/VobBuijB9krHp7H5BTWPZA5ZgvvVsyXY/tFhPa1vdkC/G6/DQMEmJD12OCMNk2OcGJvFKGYMR+WtIg9Q4Gs82FbfaVqpypfGiXucczOBYDt+QJc8M4CL+rfEkfMtB1ZJPaua1Ww2fbD6MAe7LaCRI36/8h8rSFOfdyjY0BjPgNIl8ozQrXbXKdiE5Ccq2GDUDsjb398fWHLoFcrt8cJneKlVE9w/rfdhG6cjgwzjNbL9UPzpmgFMmv8Mu/jLcWDAOcFqhhzVUVDbGWbaYL/yfdg629UxxjDAMsvtxssZKNiEpMcOZzSwwgHQF+xykQGFaczZUS1gA7RS3eMva6ab63WWWaOmH8oJADZjK8H2cmk7J1jNWNP3FtRcYWtL4v1q9RV20cTAACnYQJlRN14OBZuQ/LQEW4DHx4BgS6aVjcxa34pW3uYDz+Yj3g8ow3nPXJdcAhqFjJ2xGeBUfbnBwaaf13l6Ol5Hv/J9WGUU9phnAFBjvxsvZ6BgE5IeO5w/g9r0fmy9jI1uiU8j2+1+H5+rivEO7Rqi4dZ+fGhmYi5xqlTlS8nP8vFv2w/okmMGWg6CWliXfMHz5adtVau5400fq769wm52vI5+5fvQe3v7eR+GoXynHc5FSwOUNKPZ1PpPsgcKNiHpscO5ucH6I/RsV1+Y89TlPJbMQeyUNx+RrwcFm5D8ULBbULB/1pIZwDf/9qgLBZuQ/FCwW1Cwf9aSeVRPJXaqCAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPzsEs57/0ed73+s8T9YsalVV/+/SeRiULAJyU9CwS6+GPnzgn0SM8jmULAJyU8+wQ4fhoStmmerdx7UkZzEjCgXM/dMULAJyU9WwQ4U9guCfTHotdlQsAnJjxPO8hOL8nDj7/lF6HBG64So4vwldXhToBR1bpI8kROcRTzcn30Hi1XJqyMcREl/jVRelVvusm6AHpgMqM7JKs6uKo6oqhvOqppVlnWpcZxVvBauW4jJQMEmJD12OKvzftE5wPr8SzTa9hzD3FFKxf1ZDfqTkCwRbOeobCdVT5Xb7mrkKRXbOg1Tu3S1U8BRFr21oGAvYqBgE5KeUDgLQVDPiNHhwnIV+hmjxXHBet/TL0Vm8h31wc3eecsNwUa/VoYY1htb4qjKTXeZN9h5ln+YdTQaDlfNabJYQ8yoBbfEF0DBJiQ/Tjir9RcSHONAQbk+8jQ0WEr1izxnWPy1rmCrA42DT77Ncpvusm9w6jIJn30TbjijalG/WQ0xqxYU7PkMFGxC0mOG8/M+1LughpS2R9mGiIRKWSTYqIR5K2yxPrRTdehmw1shN05/3uGvXsPhqi0V7Hm1oGDPhoJNSH58wZb4UqqWUvUNtnp1lNIr2M3HtFh6i1o4T3ObqRzBa7pL3+CLW5Gq/jHecHhqM0ewZ9XCcCOfZ7cZKNiEpMcJ52n0vN3v05NWqHPV6BwW7I5S5gl2Kdm3x7N8Ymws56b7q3UqrpuRKiyuOEt4Q2M1+k2jH/xHG87c+Z8j2LNqgd1IwW4zULAJSQ/DmZAEULAJyQ/DmZAEULAJyQ/DmZAEULAJyQ/DmZAEeIJNCCGEkPNgCvbWkwVCyD4wnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPwwnAlJAAWbkPz0h/PrceOnp0Yu541dDUYfX4vaE0gb53LN1E1iwd658fL3lc3I2lLP+2lOOHDCufqwZPl17sVeet6TfHDyctG9o8Gvx63dzQ17Qmn7TLlUM3WTQbDPMeLk7yubQcHenIZgy89pj+dDzvCSTEbBPoodDX7eAyUZ9oTSxvO9XDN1k0Wwjx9x8veVJnNdQMHenKhgv49luD9XCp80XK5a+xkcKwnftdxKCja+sA3j2niRk88x4uTvK00u4joKtkCHz+3xUl5SJyKOd087W/KMy9vj5WSi/VKfkPlO994zrY6nFreCg6wGNSDUv9bZVhNz1UXePzyLE8EanjGqg62pWkPl1nQC9mZpMPaSV8T7F3mulhqwxe4mGHXHzgWCTqW1WhZWX7l46m+w1i3HX4ThOMGuevT8IfQcI87lQto2TOT5QjXSOWPXxYbaysnmCGsNBM1hZWFLIYMs3045vOt+krFh6NgSn5SyOE5RnKVY9NTaxfaKZ5xJv3MBozfKtjrJsc6n2lFT+Ysfi4xVtkKxdcU+zV3KyrdQ5BmrOo25opVbwwlWO0hzxjjtKeL7y6dbF38ZzuoQbJjWbFk3mEUOuNYrPys9iuEwwa7lar4PzzHiXDGkYVaRGuGcveBRJhkPL7wR1hoIIsNKrF7BTuLKgFwrXEOwQRSaHXF67Ph63JSHzfDxO7YSabPnqh8+XQHmX/842o4l2W/xKiPdtNIzqDrIYxbF492mE/SjYB0voFiviOoXWeHyr9UE22pZt+u0Skdrt+VPzo8ji2AfPuJcL6StrFo1snN2gycWkNER1hgI7GGlXS/LIbpFLCNDGR9DdIU9oR2LQnWM4ubw3XCGt8KGnUYY+tnUVvmrQQbN5mtb29P40grsGXvCpzym3KBzg6EE62UZXHgnWMT+gm217CLBHjPw3XUZjhPs2ovzPXiOEedyIW37xK+RnXNDsCMBGR1htxHsYCexjCxXhk75RzAsEWy1M+J0lbnzXfRAEyZbtML2L7xzqlsR3f/1iOkZqzquAWZubSe08hfSFSoiyQq7mcHFGNK9dDay84hztZDu8YmqEc55gxW2lXhFwW62lEpoGZl1hV3WS+83yDukF1VK64mSuQGEhcR6BOY/w3az/WaGw/E9R1OTbcsz7T3X1jJe+LnlhHb+SLoCRfQLdr0QGeKC7basJ9i4v/1Vo8RZQnEZxwr2OpxixLlcSMd8gnYEzJzd4FHXzbcNcOahgSAs2B0tBVzmycAln2G3JO1TmWEYbo/n+Ki/nHPKNvj+AgZQa4o6FSGum0thXbCRP8zY0IB3BoY3xjcoh6qXa89Y1bEM17aK3KC1hsOKq0i64kXMFOyyksV7lxHBthzkLz4a/a0003bXZRh+QrD3GHEuF9KmYdKBD10jO2fHdcqBZkC2MncGgrBgd7QUbpGIke+CVPlHMJw7nOsZ0FF7E740dGVzhuqQdAwJBPuKXCGkVxq9yAk4eTgbTykONmOtfPJsyJKjoWAfwxVCmoKdh9OH8xl2LFfs8GeoDkkIBfsozh/SFOw8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwvR/lNgwD1d3/Wfl106/w7MDzzEy/JUrA1Z/w/0YQsYeNwLj5Dlw75gfn30LB9fbs/urOFoJbVtPLfvelNz1CwfxQKNskGBftv7oiOhoPu+nYX3f50sVNCasHu+Ox8QijYmpmC/RP9hVyTHw7nifUEe/Oi+039lS1xu+yfGIAp2BoKNsmGG87lN3zEh9Xfn0MvL9TrKXC2pfhUOzx6ofxRF4F/xwf7xS2X3ynqiVM0HDTqK83yiwaeaR3kV1yXH7cPC2rQw1aeTlldDY3bb65n3pY8iwMB0BkQpV+qj1dVhwtZ7rf973b7dTZth+sLdt0b+geOv9gJM2XkVqeAzB8OCNkBO5zFV3GLHv/u0uXG5/35Vyn2eHs9goNxUR6PUoioKkL+/om04i94sFvb8jVX2G59UTFG0ZZn/HXkeCGyZQ3p8HDvvzsa2jNznmeKUX3KwPJYdf5f0Hme/51uv9ZyLolgG+3UM3CAUxEtwRb5jOdscoVNTosZznWvHZ8Q6s6vfp/+6Q546gd0OLNdtHUCW7flCwS7no036xt7g9n0TNTU4nlut2C3Pdwr2L0NjRy1wDOgQ+hlrdEb3qu78Z/RbmL43zJnBXlIItioncIDh9nQhmA7s2UKNjklrmBXWLJXC6UxVNtjbVkmHsd7jkxdYHkXkRW2uc/tL7BMz7imyhnEiQS7u6GBoxZ4xhZs7DFjhe1YNeXr+19mou9dwC8JttUJitmVvM/oZ5Hztwk5E+EVtnVBD+Nl2Ky1wu4V7D7L9xNsddtqK2y1S3giwe5uaNsRK6ywv54yPdZ6VcCeirX8b6ZeTj7BHj3KFTYhH+xwliOQ/N0aZJ/34Xa/F9NcXy3UINdYCnfISZflMkF063M1wQa2Wp6JzUZEDUyT0P+72kawuxvasGeeZz5LWrV+tjzW3qK2BLvpf1SFlUgi2Gifo2/gQM+w636CnnnLZ9irtw8ha+CGc7V5B5ejelAv/24KWLmaGS8uFOwZln/NuD1e2wk2rKsouumZ1izge/tzegPqDIJtVcfZqnR2i3s9897ymVLJqZn2GO49Lasi/gf3SovmM+QQ7NvjodopPnCI398vnNcRLt4el/nUwxjfEien4zrhTNZlnXed8lGvr4wHnWcjjWCzSxJicp1wJmvyKhaUpMR6knpyKNiE5Oc64UzIPqy/X70DFGxC8nOdcCaEmCQQbEJIA4YzIQmgYBOSH4YzIQmgYBOSH4YzIQmgYBOSH4YzIQmgYBOSH4YzIQmgYBOSn3A4n+37EXPs2fIDRsn+T0rEvSes8tl66X78rGB3fSv/zJyk765lxoptUX/+Gg3iabpBg37BRl+0PID+flV+qHB9knUSCvaU4cnqiMkg2M+7NZ/+XCm/J9r6HO5lWu7LyQW715/bCLYYxCPdIBs/JNjbfoszWSfB7pWVPGGVKdjfP60LZ+Z5H4bbDX84/Ha7UbCPNOMcgi0GcQq2w0m600i3PRu3YrJOQsG+GMcK9niExqL+8G49eNr1+1CQ1lmnJ+yRcU7Sd0+9Je6f8JOiGzRwwxmecCO8UX7Fcbz6PiZHBbD44iM4MUkez4M+DGmduFMBCmodcdwu0Tx4Sxxg9Rzz0YVUU9TCj12li7On3Mhykr+Qnb575Qc7v8eaGVUGNbKrXwG9MdtsXZToyUZfhWkdG45nOE6wq0+5zh8qPy1TNeJnF7T8dcZpcXD0MVvUisjRzFhYutnIrKwR1umv4mA7O8INJ/QOrL2RYJ/WN3cwUoN4qOmbbXAt7HAuTz34VLruTmDQLe8s85BnKDzvwOWgXKVq6Kxb2+yioKZC4BLhWZTi/u8pum+Tyv04GOj6ZMlZpbdHxVhyOXdtulevsFtZFUlw9UEJZuvPNNsbAFFftdIGmvg4hsMEu9LrBYpdHq8qOu/3x7mCbQ0KRot6K7R4WFpdGd5gjLDKrPLU9kH+JS1pDMHzBtaeSKjuX2cw0gNQo+m9prwkZjjXNUW9+fVQJ0cbyZTfit/lBZDBqGvQHt/sQBRaJUqmX3FGOsrce4Re95Q+qwvayfvca8eLn9U0p2nEUSRtt9neANhKbE7cz3Y+aSbBLj09enmBYJuDgtOrQrXwwrIZ2JER1vld9tbqvazAENw5sHZHgjlOLRmMZgn2mcJ0Ma5g17smoNuM0er3FvhcqphNyTnUAAYA0x6JXZAr2KjEv2onvZzNtrSsddN0d2/pccEOJS+HrrZ7W4I9ZoVrZM5SRAEw7RKztxPsEy2xjxPsutHmD496YJbKPVewzUHBbtF6XKusDISlE9jSCFX6doKN7AkOrN2RoK1dYTDqFuw/tykviBnO0flfdXd19bu3YS986xw61l4brbBr28d8OlfYsIO8fy96ZG/pQcGOJjfWGksF2zJQVd8twL7QZXZQsKXLQFoKtgl4lDozF7GT+yg6yj4r7KpFsQyHwrIZpzutsM0huGWGc1+nYK83GM0RbKOeF8UO59LLn0lKULDlGrFYSIqnSFUeMgdDioOPWmBBdoMZJdZdQP4xjSPuElDxHdrGi3NKr+rhubORXD4ga7lX2hrJqll9twRcn26zq15Q9mTUV61yKdgbIzz66Sni75mCbQ4K8wQ7GJZeGKgbRN91+mtQsNtDcMAMfdsCwV5nMKJgu+E87WMUq6Ki4uU+h2ibR5EQ5IZ3fcEmRpUHtMczu87UbDBc4vTr7fEs3psQReB5rT2av5Oq3YVw6THBjiYv7Yy493sP2AypR1TUgrD6FTDtSmYPg3obF/ZVYQwFeye0Bjndq0ew/4xBwWhRPID8TWliYemFgbJK9l2nvwZX2LBbLxlYFwj2eoNRt2C7TXlF1g7nJPOYDVnfQ89Tvf3U4EQd5ESmLCeDYJM1SNWtSQUFe2dWd9BLLP3Pzpn6x5lsWQwFm7xJ1a1JBQV7X37cP6eq/qmMWQoFm7xJ1a1JBcOZkARQsAnJD8OZkARQsAnJD8OZkARQsAnJD8OZkARQsAnJD8OZkARQsAnJjx3OK75siL5g1Po012Xfc7y08euyxBV0Yx8UbELys7dgi+/olN8yomBflOrrSeVXlCjY+0HBJiQ/ewu2+CpXEsG2v5d3Lja2DH9NmYK9DxTsigwdyNiNnEfKaNzOsJNWeWfBtjOlYG8OBTsxGQR71a+zX78DOcclzM0uXTRSsEfsj+dLcXp/m119Zx58vl6ciVpvmZqCXW65qu4LrZK/i7346gggsZ0rz88SP9o2yA3h6UiMJ/KJWxXTcstO68v5sFGwnaVDqrMW+vurJdjzXFGnbXVFvTdfHEfjleR0bKe3uCexDQccNDAkE2yn/8W65kkH3A4WnxGw3kpiJ2euMegcZ8su2OFcKehoe72PLY/eKgRulePRPLe5VqHjL8EAL9+Fww9eW02nK9XyiZWlbbm20xVsZIBrZ+XCOd0VO26RK2Qn+tYONrpxkGqjHrGOHbLZymonjhXs1c/DpmCvUAEK9q627EJMsAXuAeS3x0snXXAA+etxi40Ck1XYcPWr+uFjpS6xZYMbF45PVJbQcstOV7CBAe34Dc6TYm5Y6AqnDxUYdSv2EsP958/r2EGbYVY7caBgV1sb8yte9mwjP3jJ3CQpZ3P61FprD6vqZvbWk5UoumnTKLS+Zu6zqb0g6KiT73fBloVVjhjWtUXW1X8OZggKtuhAjmCPAVc7ZP4B5KObveNkC6vwkzBT98QdVSDpXfLWSbGuTyrUyGaJErYzLthN59c/zZpdRgQ77ApHsHFXNFbYf422i3XsePN5VdqU4TDBVq6ZXfNZK2xvk+T2eDmbb1M+fn/HW0/Wlkt406YVZGAUNPbZLJejcbSMl7PtdwWrHDRsADOIzvZS/ed47HCuZ5Kl5wKCvdIKG9oz/YCsWrjCdu4IZR30CWKrFXZUsL831xOuGF2C3YwApLrf/Q/UFdGSpGFevGMHbDaz2omfFew6B9mEDxHUYGCaxNc2uxoK4ZwWt3irS3m+Egmio4CdA4jGeEXsER1WVpke3O+KVTliWDOAg+31QBU9krBgi4liQ7DF6CXmQGsLtmkVfBKs5URO4KwFp/OLzijiEwvTcmhnNY0dIoJt2lncLSSvFWPS+JBgx12hZ+xWo7cV0hLsSMcO2GxmtRPHCXat2PMrPlOw7U2Sevqm5hbgdneyNxXtZBXctAkXWrtmvLpUsE+33xWrcsQwPD3qbS/b0sMYYlvik/W3x3PaQzC1ofRCuWLrFuzSmVDDgVUyGXzjSt8Gm+/9m2uDSHN7vDyfVJ2mtUU7XbcsKJ3cXmG7dsosqzFuZcGOuOLdZ8oK/tUpZaPjHFttF+vYIZvt3rgHw4++dNbcJIHbnCbWHWrrybqxaU+40O1X2Cfb71phhT0a1FxhqxR1FVD/OQG7hDO5DqH4PR31+he/x5CZYwV7HdSMDjehuBTYJCnub+7tmN0fbz3578o0Nm0ahWq5RftsLcFecetv6/0uZLC7BWobFt8i6+s/x3OhcCY7cE29Nifav0M2wZbbQeDG8VJkk0Q/PRLLv/Yemt56MrKKb9pENn/aCfyAXWvrb6f9LtXozQSWYR1bZJ3952CG64Qz2Z6L6vVf7HFDZoYEgn1qrhsau8P9ru1gOBOSAAr2tlCv43C/azsYzoQkgIK9KdTrLn59v2s7GM6EJICCTUh+GM6EJICCTUh+GM6EJICCTUh+GM6EJICCTUh+ThDOO7/PsVtxu/1nhpP/r4mTm6e55AtGFGxC8nOCcKZgX6WgeVgHBZxWFCnYp+Dk3ZqQA1gxnOeOcxTsYwrayxFtwd6tSWIFUbBPAQWbkBoK9mZQsN+0zaNgL4eCTUh+7HB+f6W1/NCq/HSN+D/x8j/Kf79cO37kFX6z1vjsq85c3yM+XF8aeX82Tw56Z/VE9Sq+XNswCBopciiOzwo6Nu4xqyDna8HVIWC6vXygZ5Dzo34YTfUtaZ1dFjIGeBJ8qxgfa/S8T3lZjX4KBgo2Iemxw/kzPJWDlT7cpT7rpDpdRgzA+vAVLTNW5u5JM9XoW/xlnqeG62WdFVBl4xlZDe6WYJuODXsMFRQ6j+d7zHZ8IWl4BpyUo49EsvwgCjcsgWb3GmOX6mZ1e7xA/oGzH48ih2BbEz0wb5VtIKP9k7Q5iSPkYviCXQ5KRRBUP0MBUGMaPHymOrrUzNyTIhWn8K9WvSSyVn5FvveGMnYMCHvMLMjwkqOH/apjn/Db5YeAYAfsaxsTzlJl9RBm293+JCQQbG8eCuatciPkdr/fyu2kaR+pMYkj5ELMEuyKmGCreHnPf/UaFWW+i2CLU9fVZoGY2iMjv/VplB8XbMtjZkGGl4KOcMCeceYHTT8EBNvyX5cxfpXtrOolmd3tT8L1Bbs7LqYLr8ft/nzeiwA14uFcbUZIL2HB/k5z7WF+gxW2lXhFwS7rJabxyo5vQsvImSvsseCzrrBNzwSLW3WF3WtMo1Q3K7hNflZyCDaa6Jkz/QrDqasAAA5cSURBVHLK/7lRThhDfYKQC+ELttxPmha79rNZ6zUxdV1mCJ8UllRPlYdlgg3qpawwBds00trSixnQ6TFYkOMl/Ay7cldzsiQ8482iup9hG/Jam91tjJ1jIKvifrNnnoQcgt258/TR5m+Xft4/j6yLzkfBJplorbAfxVsg4lKBfLw0TG+Jq/G/3IK01letzMX7KDMFe3wZuyxgKvj2eI7vI0GTQ0bWK4aWY+Mecwqy3tpxX7e+PV6OYFue8cbDph9A2rqKhtn9xqAMp5lXIys9B9J+PAPD5QXbnOhZ89bPpfu92Au/3e83K6Io2OTy2OF8+k3Aq3JOx/IB37VJINh/kXkoeAO0nsxZu3wUbHJ5KNi7c0bHvor/4USuSA7BJoR4ULB3h44l60PBJiQ/DGdCEkDBJiQ/DGdCEkDBJiQ/DGdCEkDBJiQ/DGdCEkDBJiQ/DGdCEkDBJiQ/DOd5r21bX/pYmyWvlO/zOvp2pXTl/Ov/yZaCTUh+GM5zJMf6iNn6ULAp2CEo2ITkh+E8R3K2/CyYtIaCTcEOQcEmJD8M5xmSs6kSUrBn5UzBpmCvwNm+anQ2e0oOsW1GnF99HBT4Xzp7f9B3Outg/KSvOj1H/Y6SqxMmdCXtG8qjF+pT+IzSP5f0Mdayxd+FPIuTIOBJJJ9E4gxleVSBzBzY4Fmh8inOUHlWbgxk5dcLOk0db9FyvVtKV/XNRiwPNVNlWyedgObQp8SoM2Nwj70Kw8UFu+56cxvBOcMmasYGw+5sqyjYFRTs0PGan6Gx+KsYl9HJRuAQyfvzD5y1g85n0jdY5yLGSjeKkjUV4qtPCaoPY6xO7pLndU3JtR66h3PhzLUbQ1k59YJOqw6mMs7B6vJeqPpeI9oHicXPdlKHND7vt/v9Vh4s8b0DufoaXF2wRxYOfBTs3fh1wV5vL7QDX7A7T64sn+3qk3Lef1VrZl1FdEN9J36GbJf+GY0Nf4LcvysuXKi4oooyz/GN1cLtBt8koayMekmcWpVqaHdFq5SZ1VeN+LBPSQ0Vqy+8Hrf781mcyYiOar3a8WXHCjbeepvFsRJ1NoE8mz0lFOxrCrbYI3YEu96cbC4xxRBb75WJvdJW6eNvcJvNEWxcqEigetBXAfCkAdfCtMZwYygrW7Cx04wVtuc6p5Se6tuN6BZbb6p/n9rA5ijb5XPj10y0a361JfZwnGBXDbtw1ILDgiiieDaloxC0ot2J9NV38vgjqBd4jgJmLxGrmo+FsAXN5DMey8WSWINElS1+/IbubucgH31pI8xnXUvbFHlp4vZY9vCyg2GhYKsNyKZgf/9dj7gF6gZP2yOl2/UCv3wztfNYaYWNCQt2MyunXtBp6Om8l6FbSrz6zUY0d8S7VtijNj/v7+vPu9vJKNhB1ERsmWLj+ETPnKaOUbRVmVwk/DY7zvZ79V2ZMiL8R1DifvfBoW/Vq/VYyI95L3nnY7l4ErNS8h5kGCjY9TB49FWmm9qr51lXqE2dcUCP1HMfXnawhmCLRgsI9qgM5niobpAxC230SrfrNaYE60yjUNhSom5Tcm/kMZA3WW6MZGXUy3Jaew/YWfxg74WqH2hElNIKZKs5Ppfu92Iv/Ha/36xgkq5euGzcnryC7UzB3s17MwLGHx3xVd0JVMyUvwdHybhVMnetIxHfth4NwoqYd4Tq3s5W/qrrYuVgTcxRylfXs65gm9rjYmtp5Zcyk6WCXcbr7fGc5lPueuUtyI7egBuqcUEO1Y3S5eoRzSnHTSB7M2NA4efk7sibu44dc7s9Xp4bm1mZ9TKcZuTouc4ppaP6kUZEy+yy0DE8PYvfBUkHxuZGFGybqlEXusrT5+kO2YbF/UVyf48EXzU6gZqU4GlpRLAtqyLP9kYzdAbBR4NmRSwPxOruZIsNU3Wxcigb23Df95ZX37OuYJva3agl2H4pMxkOeYe0OctcvnVAOqlXsRfbEv51hrQvnTkK/r70qHdRVl1h+4+gVlphq20hd6sQa2ooeXtgjScJuNo0TGXi5eCvsEdt7nzWFWzTFQR7TSU7RLCp1yek8nmt3+TcHCvYK6JjX436xUro/bvxdFQkjD/DNrdZQDj0CzYsV13vF+xg8mZcx5OYlQoYpu/wSvGeYX9/n/msq9mmvmCv8/CygyPCmXp9TiLb9eSkJBbsP/iQw5BxMG7a/Vlf7X0ENUOwsVXtx0Luo6nIUyV9L/JLPAma4qtssWG4LpZh1qOv2r7OZ13BejlbjWs9vOxguFg4E0IAQxbBJoSYMJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8MJwJSQAFm5D8bBHO5cvuF2HT/0i2z/9SW1jKDkZuV0Rvzgk/CkPBJiQ/TjiDUS0y0OH/KHdyKNgU7GtDwSYkP+sL9tyvm280nMeyvaRgu5/GW5bZJlCwNySBYLMLEtJgdcGeHRIU7GX5UrB/erSkYB9bBLsg2YO5gv3e+J6+ufb+VZzMor5NV308rjglXX67zfvQGy73ryq8/Hqh9yP4el11KlTnZ1Rl6o/V71tOfoB6nRx/SLF0RfXBPde/bhFVZ/BthsaUjfC8q4KrhO+y4HcDre9NwjZttdGuDBTsQ4ugYJM9cMK5KdjwkG+97Ku+CTt9Ed07FMb9lDoo92Wc4O7ZU1yqPtlrpIZIsbjsAeof7SlnWV+HQ8c65y1YDnOKQHMB7BlozHgLOoSzzrA0w+if89v0MCjYxxZBwSZ7sESwpaCC0Vv3YufQsbhgw3IrM7EJdbFPdGY51nGb6abXhQ9QB/fpAcVp5lINDZdZRSgvx2xWpwg+glMbp2R9oa9NjyONYHOTp87uKps8ZAfWE2x0QWXxHfBWFOxvAWI73hHsCqCR4x/BWXNRqfvzcxxrqWKGzTFj1jiPFZbiZlaWih1rrLBLJ9dGdwm2YTM2pjVqFTMKUbLZP+e26XEMOQR7akJu8lxtk4fsgBPOuuPba09DsPdYYU+dt+z1sRW2Vdd3tvUwb/K58dIHqCPV/UzjoWPR6wpehnYR7RW2SlEb803gDZZdK+y5bXocSQSbmzzX3eQhO+CFc9XzrTnn35+99NbTR7iI1LfW0+ehLdhiuSUX1WO2VSGi8DqcpBJZWjAmv/gB6nq+rjYZSse2hwcs2Gh9ZNypbTZbWQxuVsrY8kZKQHeb+v1kQ1ILNjd5rrDJQ3agFc5l76x3jAKCbeUA11DfOydNGEOgvSU+BYw4wV1nW4Wia3URAP5A/M5UPpNqSmnQGCcSy6r1lgJqMD7Fq61HjsWZWv3FKwJ2Bpy9YYzIwWipstxy9DQtntemFOzZcJOnvHC9TR6yA9cJ532JbYn9LPVClqPFh8P6SRLB5ibP4k0e75EAuTrXCedd0TNxRkCJtVL5cQ7sJ0kEm5s8izd5KNiZuU4474m1IUZGItvsZD8SCHYf3OQhP0jWcCbkp/hJweYmD/kxsoYzIT/Fzwk2N3nID5I3nAn5IX5QsAn5ORjOhCSAgk1IfhjOhCSAgk1Ifs4azmd7T/ts9pQcYttRL+WeuSGabOg0CjYh+dkmnJd/7mmjcXm2YWfWiZMI9j7f+DpzQzShYBNCFuCE84KhkYK9J1cS7Bm2yiRnbogmFGxCyAK2EezlnG1cPps9JScR7BAUbAo2IWQmRjjL/+KIjs0ovgMovshnHdHh/mdJfcM7h+mk+SJdaYb4Tl99mvuYqzncQ8OKH42E0IJm8vGTiOhMDvzt4VgS9AkJkC00DN7dzqE4jkUYXH6osW6OeKeSecokvR3Dy6/8krTr6tD3m1V9I05bjYGCTUh6nHDWKxv5jfr6eKJiNFKfyJ++mqtXR/AG/ZX+4lAuMHyK+z9jZPEX+uKvVS78InBVlLXG85Lr487cTxnHk5iVkvcgw0DBrofB4QUiIa6v0TOcTmXl298xSqyKN1xdGOZ+v7lhFXTaalCwCclPVLDVEFgMws/7MNxuxtnMzS1MfIMeGdXJPeXv1QW5ksF6EdhbBafn/XV8XB8nx7XWRw/FkziVwicaTb/qulg5gN8bgg2ar6NTWRb1dgwro/ea2LDDNMwT7JhVFGxCyFyigm2fs/4HVihF0uYYhW8wRsZ6S1PsavYJtmWYfT59vcyDy6VI8j+nIpYHYnV3ssWGqbpYOZTtjd3nC3aRfaxTGY7o7Rh128ybOHwNiwv2eLvvtNWgYBOSn6hgO2Pa+9KjPsh17RU2GjCt+2evsNVWqKm48Md48vb6Pp4k4G3TMJWJl8OSFTYS7HVW2H7HKBFzlurh99orbGgVBZsQsoCGYMtdbvlUb1revX831i8iYdczbPNhIRjz+gUblquu9wt2MLlVETvzUN2Ne0zD9B1eKV3PsE3Bbncqs+D+jlGAnw/oPD3Dqk4++IJtOg23wRIo2ITkxw3n74qkGKyq/UZjYAPjl17XgIIGqKx/UoGr3U+wcosJNjZsyt06n948bj6WHN2LXBNPUt2Js8WG4bpYhpUvPOvd65BgRzqVokzS2zEiHoeutgyDb30H6iucRsEmhPTDcCY/Qr0G33B/+gAo2ITkh+FMfgS0EUHBJoRcB4Yz+Rnae+bXhYJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkgIJNSH4YzoQkwBNsQgghhJwHLNiEEEIIOS0UbEIIIeQCULAJIYSQC0DBJoQQQi4ABZsQQgi5ABRsQggh5AL8BwLwFdhJZOywAAAAAElFTkSuQmCC" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Rfa22a7e2c9054f22"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Ref02ef5c3e854698"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6248400" cy="2324100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -960,27 +960,27 @@
       <w:ind w:start="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R7c3eeb46d1f9466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R101f71fcf6264f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Rfa22a7e2c9054f22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R628f2d2f38f34787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Ra2dd96a05c61460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.png" Id="Ref02ef5c3e854698" /></Relationships>
 </file>